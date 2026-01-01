--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac1b983797f4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/905fa5c2ccd34379a8500fc305a87e09.psmdcp" Id="R0d8ce3b2f7b8487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64961d152f4a4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d7d8bbee59b43ab802f008557fea935.psmdcp" Id="Re249ce297a034a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>D0015</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Disabled Population and those Living Alone</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/2/2020 11:00:00 AM</x:t>
+    <x:t>02/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/D0015/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CRTDCH</x:t>
   </x:si>
   <x:si>
     <x:t>Disability Carers Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -673,627 +673,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...575 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02696V03264" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Constituency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1233" totalsRowShown="0">
   <x:autoFilter ref="A1:J1233"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02696V03264"/>
     <x:tableColumn id="2" name="Constituency"/>
     <x:tableColumn id="3" name="C02686V03253"/>
     <x:tableColumn id="4" name="Disability Type"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1564,51 +1167,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/D0015/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1795,51 +1398,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1233"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="65.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -41285,51 +40888,51 @@
       <x:c r="G1233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H1233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I1233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J1233" s="0">
         <x:v>293534</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -41346,51 +40949,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1233" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02696V03264">
       <x:sharedItems count="44">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="15"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="19"/>
         <x:s v="20"/>
         <x:s v="21"/>
@@ -42553,27 +42156,14812 @@
         <x:n v="57709"/>
         <x:n v="5092"/>
         <x:n v="137070"/>
         <x:n v="18066"/>
         <x:n v="96004"/>
         <x:n v="16491"/>
         <x:n v="274762"/>
         <x:n v="48702"/>
         <x:n v="125450"/>
         <x:n v="20516"/>
         <x:n v="165681"/>
         <x:n v="31053"/>
         <x:n v="194398"/>
         <x:n v="31144"/>
         <x:n v="207455"/>
         <x:n v="36493"/>
         <x:n v="1647046"/>
         <x:n v="293534"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="18892"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7857"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8665"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5350"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6584"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="52612"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="8750"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="15898"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7110"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7111"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4987"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5645"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="46192"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="8774"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="14045"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6296"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3904"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4470"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="38518"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="14576"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6006"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6554"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4048"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5104"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="40764"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7265"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="15864"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6737"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5805"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="45217"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9484"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4098"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3325"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="26596"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="17942"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7212"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4809"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="48622"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="8766"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="10506"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4592"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="29877"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="5865"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="10622"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="29337"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="12024"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5516"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="34980"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7274"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="15856"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6067"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7478"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="40937"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="11238"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="13042"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6203"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="35029"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="12087"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5702"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="31959"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="11733"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="32712"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6729"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="10817"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4193"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5109"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="27934"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="12818"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5769"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3931"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="36643"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6457"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="15225"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="38690"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="21376"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9187"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="10504"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6008"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7304"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="59241"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="13804"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="12254"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5738"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="32765"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="9172"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="14029"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6781"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="36761"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="11053"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="28446"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="14049"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5503"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6462"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="37345"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6955"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="14172"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6248"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6343"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5110"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="42149"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7055"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="16003"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7214"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5247"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="43630"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7778"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="11344"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4940"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="31316"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9572"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4193"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="27857"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="5243"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="12922"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6061"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="34422"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="11447"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="30759"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="19878"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8094"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9294"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6592"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6772"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="54494"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="8775"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="15434"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6519"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4296"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5402"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="43557"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="10891"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="31257"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="15540"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6524"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="44219"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7856"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="18110"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7672"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8325"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3937"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="50818"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="8913"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="17710"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8467"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6343"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7045"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="53564"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="10924"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8794"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="23717"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9864"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="27073"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="10946"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4011"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="31738"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6670"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="11350"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3657"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="33654"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="11683"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5182"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3419"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="33745"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="11773"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5156"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5543"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="33100"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="6472"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="15431"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6468"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="42135"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="20134"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8197"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9422"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6649"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="54665"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="9527"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="18145"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6815"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8486"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5616"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="5967"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="48000"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="7642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="595335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="106285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="106285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="106285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="51718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="11275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="92060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="19787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="244739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="54915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="57709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="137070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="18066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="96004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="16491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="274762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="48702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="125450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="20516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="165681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="31053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="194398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="31144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="207455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="36493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C01"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="1647046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="D0015C02"/>
+    <s v="Persons with a disability living alone"/>
+    <s v="Number"/>
+    <n v="293534"/>
+  </r>
+</pivotCacheRecords>
 </file>