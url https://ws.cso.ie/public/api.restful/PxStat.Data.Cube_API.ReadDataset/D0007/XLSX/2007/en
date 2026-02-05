--- v0 (2025-10-04)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33abafd1a5eb46f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9abfd1d829a425d93b30df1cadbe23a.psmdcp" Id="R042ae3142bb340ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1c84060abbe4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e16c098ca3d42e098c5bf20587a6afc.psmdcp" Id="R1cfc82f549254f3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>D0007</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers aged 15 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/4/2020 11:00:00 AM</x:t>
+    <x:t>04/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/D0007/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CRTDCH</x:t>
   </x:si>
   <x:si>
     <x:t>Disability Carers Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -463,331 +463,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N316" totalsRowShown="0">
   <x:autoFilter ref="A1:N316"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02722V03289"/>
     <x:tableColumn id="8" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="9" name="C02738V03306"/>
     <x:tableColumn id="10" name="Regular Unpaid Help"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1062,51 +899,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/D0007/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1293,51 +1130,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N316"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -15235,51 +15072,51 @@
       <x:c r="K316" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L316" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N316" s="0">
         <x:v>1347</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15296,51 +15133,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N316" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="D0007"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers aged 15 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="5">
         <x:s v="310"/>
         <x:s v="420"/>
         <x:s v="505"/>
         <x:s v="575"/>
         <x:s v="320"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="5">
         <x:s v="15 - 24 years"/>
         <x:s v="25 - 44 years"/>
@@ -15706,27 +15543,5068 @@
         <x:n v="18254"/>
         <x:n v="8630"/>
         <x:n v="26530"/>
         <x:n v="12238"/>
         <x:n v="1530007"/>
         <x:n v="102822"/>
         <x:n v="41711"/>
         <x:n v="16874"/>
         <x:n v="8032"/>
         <x:n v="25314"/>
         <x:n v="10891"/>
         <x:n v="307145"/>
         <x:n v="9137"/>
         <x:n v="4596"/>
         <x:n v="1380"/>
         <x:n v="598"/>
         <x:n v="1216"/>
         <x:n v="1347"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580250"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10005"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192129"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388121"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290898"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100140"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190758"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289352"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5458"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3067"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91989"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197363"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1450140"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60341"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27698"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9546"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11231"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283322"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54448"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24950"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10407"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166818"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5893"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717055"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23245"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11390"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633921"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20869"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10202"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83134"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733085"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37096"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16308"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7862"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649401"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33579"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14748"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7284"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3674"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83684"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042879"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87792"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38201"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14801"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7108"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18919"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8763"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001022"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84462"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36761"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14223"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18383"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41857"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520243"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32990"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15077"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3818"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500125"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31736"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14529"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5032"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6078"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20118"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522636"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54802"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23124"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9555"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12669"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500897"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52726"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22232"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9191"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12305"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4644"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21739"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535393"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24746"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527017"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24386"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8743"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3818"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243314"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10143"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239297"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9977"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292079"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14603"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5496"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287720"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14409"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5436"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182884"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78469"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28995"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14031"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39820"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21569"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003490"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167180"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70324"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26716"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13043"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37996"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19101"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605172"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15704"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8145"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70925"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32162"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10741"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9331"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473483"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64358"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28613"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12682"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8210"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298027"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111959"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46307"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18254"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26530"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530007"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102822"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41711"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16874"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8032"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25314"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10891"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307145"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4596"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="D0007"/>
+    <s v="Carers aged 15 years and over"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+</pivotCacheRecords>
 </file>