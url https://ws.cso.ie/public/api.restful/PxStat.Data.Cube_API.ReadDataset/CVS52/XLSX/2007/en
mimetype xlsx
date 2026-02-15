--- v0 (2025-10-14)
+++ v1 (2026-02-15)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abd103e45644686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48e05e390c2841c9a5d0f892ad1fdd1e.psmdcp" Id="R100b225472bc4cd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb0d248f76ea4953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c40d30f942424bd98016481abd00195e.psmdcp" Id="R04bf2d21579c41a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CVS52</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>All vehicle users who were victims of vehicle crime</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/5/2020 11:00:00 AM</x:t>
+    <x:t>05/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Vehicle users are persons aged 18 and over that owned or had the use of a car or any other motorised vehicle for transport purposes in the previous 12 months. For this dataset, vehicle crime includes theft of vehicle, theft from vehicle and theft of bicycle. Vehicle users may have been victims of more than one type of crime.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CVS52/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CV</x:t>
   </x:si>
   <x:si>
     <x:t>Crime and Victimisation</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Sam Scriven</x:t>
+    <x:t>James Dalton</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>sam.scriven@cso.ie</x:t>
+    <x:t>Jim.Dalton@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5276</x:t>
+    <x:t>(+353) 21 453 5623</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -427,251 +427,136 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...199 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03647V04390" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of vehicle crime" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J28" totalsRowShown="0">
   <x:autoFilter ref="A1:J28"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="Region"/>
     <x:tableColumn id="5" name="C03647V04390"/>
     <x:tableColumn id="6" name="Type of vehicle crime"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -942,51 +827,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CVS52/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1175,51 +1060,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -2105,51 +1990,51 @@
       <x:c r="G28" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J28" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2166,51 +2051,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J28" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CVS52"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="All vehicle users who were victims of vehicle crime"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="IE11"/>
         <x:s v="IE12"/>
         <x:s v="IE13"/>
         <x:s v="IE21"/>
         <x:s v="IE22"/>
         <x:s v="IE23"/>
         <x:s v="IE24"/>
         <x:s v="IE25"/>
       </x:sharedItems>
     </x:cacheField>
@@ -2252,27 +2137,352 @@
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="13" count="9">
         <x:n v="3"/>
         <x:n v="5"/>
         <x:n v="1"/>
         <x:n v="0"/>
         <x:n v="2"/>
         <x:n v="6"/>
         <x:n v="13"/>
         <x:n v="4"/>
         <x:n v="7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="20"/>
+    <s v="Theft of vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="30"/>
+    <s v="Theft from vehicle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVS52"/>
+    <s v="All vehicle users who were victims of vehicle crime"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="40"/>
+    <s v="Theft of bicycle"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>