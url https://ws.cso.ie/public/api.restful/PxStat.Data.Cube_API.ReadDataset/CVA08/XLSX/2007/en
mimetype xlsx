--- v0 (2025-11-11)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8abf5070ff74dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dbd6e489e30b47e7899387c359ee08d0.psmdcp" Id="R54b14831d40841f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14a7f33790945ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e6e4ecc3c2144e5944f44043daa2b0c.psmdcp" Id="R418d77ee71444553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CVA08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Suspected offenders of Recorded Crime Incidents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/18/2025 11:00:00 AM</x:t>
+    <x:t>18/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">Sexual offences includes Rape and Sexual Assault only. </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>The ’Under Reservation’ designation has been removed from Recorded Crime Statistics</x:t>
@@ -362,50 +362,53 @@
   <x:si>
     <x:t>Offences against Government, Justice Procedures and Organisation of Crime</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -547,387 +550,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex of Suspected Offender" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02480V03003" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="ICCS Offence Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J379" totalsRowShown="0">
   <x:autoFilter ref="A1:J379"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex of Suspected Offender"/>
     <x:tableColumn id="7" name="C02480V03003"/>
     <x:tableColumn id="8" name="ICCS Offence Group"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1198,51 +984,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CVA08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1431,51 +1217,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="69.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7657,50 +7443,53 @@
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J194" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>63</x:v>
@@ -7718,50 +7507,53 @@
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J196" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>67</x:v>
@@ -7875,340 +7667,373 @@
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J201" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J202" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J203" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J204" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J205" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J206" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J207" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J208" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J209" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J210" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J211" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>54</x:v>
@@ -8290,50 +8115,53 @@
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J215" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>63</x:v>
@@ -8351,50 +8179,53 @@
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J217" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>67</x:v>
@@ -8508,340 +8339,373 @@
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J222" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J224" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J225" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J226" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J228" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J230" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J231" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J232" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="233" spans="1:10">
       <x:c r="A233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>54</x:v>
@@ -8923,50 +8787,53 @@
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J236" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="237" spans="1:10">
       <x:c r="A237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>63</x:v>
@@ -8984,50 +8851,53 @@
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J238" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:10">
       <x:c r="A239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>67</x:v>
@@ -9141,4149 +9011,4419 @@
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J243" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:10">
       <x:c r="A244" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J244" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:10">
       <x:c r="A245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J245" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:10">
       <x:c r="A246" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J246" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:10">
       <x:c r="A247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J247" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:10">
       <x:c r="A248" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J248" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:10">
       <x:c r="A249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J249" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:10">
       <x:c r="A250" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J250" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J252" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:10">
       <x:c r="A253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J253" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:10">
       <x:c r="A254" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J254" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:10">
       <x:c r="A255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J255" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:10">
       <x:c r="A256" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J256" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:10">
       <x:c r="A257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J257" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:10">
       <x:c r="A258" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J258" s="0">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J259" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="260" spans="1:10">
       <x:c r="A260" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J260" s="0">
         <x:v>8505</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:10">
       <x:c r="A261" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J261" s="0">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:10">
       <x:c r="A262" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J262" s="0">
         <x:v>7697</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:10">
       <x:c r="A263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J263" s="0">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:10">
       <x:c r="A264" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J264" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="265" spans="1:10">
       <x:c r="A265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J266" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J267" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="268" spans="1:10">
       <x:c r="A268" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J268" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="269" spans="1:10">
       <x:c r="A269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J269" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="270" spans="1:10">
       <x:c r="A270" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J270" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="271" spans="1:10">
       <x:c r="A271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="272" spans="1:10">
       <x:c r="A272" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J272" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="273" spans="1:10">
       <x:c r="A273" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J273" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="274" spans="1:10">
       <x:c r="A274" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J274" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="275" spans="1:10">
       <x:c r="A275" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J275" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:10">
       <x:c r="A276" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J276" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:10">
       <x:c r="A277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J277" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:10">
       <x:c r="A278" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J278" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="279" spans="1:10">
       <x:c r="A279" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J279" s="0">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:10">
       <x:c r="A280" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J280" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="281" spans="1:10">
       <x:c r="A281" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J281" s="0">
         <x:v>6869</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:10">
       <x:c r="A282" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J282" s="0">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:10">
       <x:c r="A283" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J283" s="0">
         <x:v>6136</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:10">
       <x:c r="A284" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J284" s="0">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:10">
       <x:c r="A285" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J285" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="286" spans="1:10">
       <x:c r="A286" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J286" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="287" spans="1:10">
       <x:c r="A287" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J287" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="288" spans="1:10">
       <x:c r="A288" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J288" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="289" spans="1:10">
       <x:c r="A289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J289" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="290" spans="1:10">
       <x:c r="A290" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J290" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="291" spans="1:10">
       <x:c r="A291" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J291" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="292" spans="1:10">
       <x:c r="A292" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J292" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="293" spans="1:10">
       <x:c r="A293" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J293" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="294" spans="1:10">
       <x:c r="A294" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J294" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="295" spans="1:10">
       <x:c r="A295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J295" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="296" spans="1:10">
       <x:c r="A296" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J296" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:10">
       <x:c r="A297" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J297" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:10">
       <x:c r="A298" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J298" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:10">
       <x:c r="A299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J299" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="300" spans="1:10">
       <x:c r="A300" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J300" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:10">
       <x:c r="A301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J301" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="302" spans="1:10">
       <x:c r="A302" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J302" s="0">
         <x:v>1636</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:10">
       <x:c r="A303" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J303" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:10">
       <x:c r="A304" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J304" s="0">
         <x:v>1561</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:10">
       <x:c r="A305" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J305" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:10">
       <x:c r="A306" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J306" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="307" spans="1:10">
       <x:c r="A307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J307" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="308" spans="1:10">
       <x:c r="A308" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J308" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="309" spans="1:10">
       <x:c r="A309" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J309" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="310" spans="1:10">
       <x:c r="A310" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J310" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="311" spans="1:10">
       <x:c r="A311" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J311" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="312" spans="1:10">
       <x:c r="A312" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J312" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="313" spans="1:10">
       <x:c r="A313" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J313" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="314" spans="1:10">
       <x:c r="A314" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J314" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="315" spans="1:10">
       <x:c r="A315" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J315" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="316" spans="1:10">
       <x:c r="A316" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J316" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="317" spans="1:10">
       <x:c r="A317" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J317" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:10">
       <x:c r="A318" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J318" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:10">
       <x:c r="A319" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J319" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:10">
       <x:c r="A320" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J320" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="321" spans="1:10">
       <x:c r="A321" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J321" s="0">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:10">
       <x:c r="A322" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J322" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J323" s="0">
         <x:v>7512</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J324" s="0">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:10">
       <x:c r="A325" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J325" s="0">
         <x:v>6798</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:10">
       <x:c r="A326" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J326" s="0">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:10">
       <x:c r="A327" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J327" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="328" spans="1:10">
       <x:c r="A328" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J328" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="329" spans="1:10">
       <x:c r="A329" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J329" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:10">
       <x:c r="A330" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J330" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:10">
       <x:c r="A331" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J331" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="332" spans="1:10">
       <x:c r="A332" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J332" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:10">
       <x:c r="A333" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J333" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="334" spans="1:10">
       <x:c r="A334" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J334" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:10">
       <x:c r="A335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J335" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:10">
       <x:c r="A336" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J336" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="337" spans="1:10">
       <x:c r="A337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J337" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="338" spans="1:10">
       <x:c r="A338" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J338" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:10">
       <x:c r="A339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J339" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:10">
       <x:c r="A340" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J340" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:10">
       <x:c r="A341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J341" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="342" spans="1:10">
       <x:c r="A342" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J342" s="0">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:10">
       <x:c r="A343" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J343" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="344" spans="1:10">
       <x:c r="A344" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J344" s="0">
         <x:v>5997</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:10">
       <x:c r="A345" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J345" s="0">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:10">
       <x:c r="A346" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J346" s="0">
         <x:v>5351</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:10">
       <x:c r="A347" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J347" s="0">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:10">
       <x:c r="A348" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J348" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="349" spans="1:10">
       <x:c r="A349" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J349" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="350" spans="1:10">
       <x:c r="A350" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J350" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="351" spans="1:10">
       <x:c r="A351" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J351" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="352" spans="1:10">
       <x:c r="A352" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J352" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="353" spans="1:10">
       <x:c r="A353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J353" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="354" spans="1:10">
       <x:c r="A354" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J354" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="355" spans="1:10">
       <x:c r="A355" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J355" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="356" spans="1:10">
       <x:c r="A356" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J356" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="357" spans="1:10">
       <x:c r="A357" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J357" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="358" spans="1:10">
       <x:c r="A358" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J358" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="359" spans="1:10">
       <x:c r="A359" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J359" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:10">
       <x:c r="A360" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J360" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="361" spans="1:10">
       <x:c r="A361" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J361" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:10">
       <x:c r="A362" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J362" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="363" spans="1:10">
       <x:c r="A363" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J363" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:10">
       <x:c r="A364" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J364" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="365" spans="1:10">
       <x:c r="A365" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J365" s="0">
         <x:v>1515</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:10">
       <x:c r="A366" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J366" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:10">
       <x:c r="A367" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J367" s="0">
         <x:v>1447</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:10">
       <x:c r="A368" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J368" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:10">
       <x:c r="A369" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J369" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="370" spans="1:10">
       <x:c r="A370" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J370" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="371" spans="1:10">
       <x:c r="A371" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J371" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="372" spans="1:10">
       <x:c r="A372" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J372" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="373" spans="1:10">
       <x:c r="A373" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J373" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="374" spans="1:10">
       <x:c r="A374" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J374" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="375" spans="1:10">
       <x:c r="A375" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J375" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="376" spans="1:10">
       <x:c r="A376" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J376" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="377" spans="1:10">
       <x:c r="A377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J377" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="378" spans="1:10">
       <x:c r="A378" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J378" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="379" spans="1:10">
       <x:c r="A379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>55</x:v>
+      </x:c>
+      <x:c r="J379" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13300,51 +13440,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CVA08C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Suspected offenders of Recorded Crime Incidents"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="6">
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="6">
         <x:s v="2018"/>
@@ -13625,27 +13765,4564 @@
         <x:n v="1636"/>
         <x:n v="1561"/>
         <x:n v="43"/>
         <x:n v="81"/>
         <x:n v="45"/>
         <x:n v="345"/>
         <x:n v="7512"/>
         <x:n v="466"/>
         <x:n v="6798"/>
         <x:n v="248"/>
         <x:n v="339"/>
         <x:n v="5997"/>
         <x:n v="431"/>
         <x:n v="5351"/>
         <x:n v="215"/>
         <x:n v="1515"/>
         <x:n v="35"/>
         <x:n v="1447"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="7740"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="7295"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="3736"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="26214"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="17335"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="29216"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="9349"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5745"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="6270"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="16097"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="15652"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="24452"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="7886"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="10117"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="8693"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="8016"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="7602"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="26179"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="20327"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="29868"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="6973"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="6365"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="6574"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="16124"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="18387"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="25047"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="8052"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="10055"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="4821"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="8196"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="7284"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="7630"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="20699"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="19979"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="5134"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="27444"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="6596"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="6602"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="13411"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="17891"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="4589"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="22966"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="7956"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="6473"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5693"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="8505"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="7697"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="6869"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="7512"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="6798"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5351"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Sexual Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Other sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, Assaults, Harassment and Related offences"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Attempts/Threats to Murder"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Dangerous of negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Damage to property and the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CVA08C01"/>
+    <s v="Suspected offenders of Recorded Crime Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>