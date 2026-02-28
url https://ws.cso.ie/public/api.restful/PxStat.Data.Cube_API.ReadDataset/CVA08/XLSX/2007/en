--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14a7f33790945ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e6e4ecc3c2144e5944f44043daa2b0c.psmdcp" Id="R418d77ee71444553" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc19f9c0a25714334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f8466e779b54f2abec76591dd374008.psmdcp" Id="R809a38ffb4264d04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>