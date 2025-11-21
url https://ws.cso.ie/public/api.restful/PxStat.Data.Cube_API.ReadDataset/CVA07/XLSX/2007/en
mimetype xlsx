--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re168467035f94d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d001dff3e956417daa0cb2b535ce4fea.psmdcp" Id="R4f720bf4d2104694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48eafd617e9f4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3a873df3b0344a68a01c1fb8f937784.psmdcp" Id="R9b28c4ece12f4445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CVA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Victims of Recorded Crime (Sexual Violence) Incidents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/18/2025 11:00:00 AM</x:t>
+    <x:t>18/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>The ’Under Reservation’ designation has been removed from Recorded Crime Statistics</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>.&lt;br&gt;For further information please see our Lifting of Under Reservation categorisation for Recorded Crime Statistics FAQ page(https://www.cso.ie/en/methods/crime/liftingofunderreservationcategorisationforrecordedcrimestatisticsfaq/) on our website.</x:t>
@@ -462,315 +462,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age when offence was reported" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03623V04363" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Time between Date Occurred and Date Reported" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex of Victim" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age when offence was reported"/>
     <x:tableColumn id="7" name="C03623V04363"/>
     <x:tableColumn id="8" name="Time between Date Occurred and Date Reported"/>
     <x:tableColumn id="9" name="C02199V02655"/>
     <x:tableColumn id="10" name="Sex of Victim"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1043,51 +886,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CVA07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1276,51 +1119,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="46.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13662,51 +13505,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>2419</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13723,51 +13566,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CVA07C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="9">
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
@@ -14102,27 +13945,4564 @@
         <x:n v="118"/>
         <x:n v="832"/>
         <x:n v="65"/>
         <x:n v="560"/>
         <x:n v="979"/>
         <x:n v="421"/>
         <x:n v="1604"/>
         <x:n v="623"/>
         <x:n v="981"/>
         <x:n v="1925"/>
         <x:n v="224"/>
         <x:n v="1701"/>
         <x:n v="1363"/>
         <x:n v="645"/>
         <x:n v="718"/>
         <x:n v="3288"/>
         <x:n v="869"/>
         <x:n v="2419"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Less than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="More than 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CVA07C01"/>
+    <s v="Victims of Recorded Crime (Sexual Violence) Incidents"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All time periods"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+</pivotCacheRecords>
 </file>