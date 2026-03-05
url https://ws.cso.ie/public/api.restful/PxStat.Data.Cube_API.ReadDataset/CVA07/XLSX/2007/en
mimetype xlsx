--- v1 (2025-11-21)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48eafd617e9f4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3a873df3b0344a68a01c1fb8f937784.psmdcp" Id="R9b28c4ece12f4445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R558af74490604603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb0d43572d09455fa9b1ea542527fd3a.psmdcp" Id="R6d1592e3a0254b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>