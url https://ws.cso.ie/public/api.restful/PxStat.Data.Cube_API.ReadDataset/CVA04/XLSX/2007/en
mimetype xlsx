--- v0 (2025-11-10)
+++ v1 (2026-01-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d2b24effd24d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/307b7d03092b4e3ba80bec25ee97d8b5.psmdcp" Id="Rbbca0bbba1d44635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raebab1e183af4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a90c4e176004d55981ad60c374ccb6e.psmdcp" Id="R7f4a21d58fdf4c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CVA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Victims of Recorded Crime</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/18/2025 11:00:00 AM</x:t>
+    <x:t>18/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>The ’Under Reservation’ designation has been removed from Recorded Crime Statistics.</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve"> &lt;br&gt;For further information please see our Lifting of Under Reservation categorisation for Recorded Crime Statistics FAQ page (https://www.cso.ie/en/methods/crime/liftingofunderreservationcategorisationforrecordedcrimestatisticsfaq/)on our website.</x:t>
@@ -486,331 +486,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Victim when Crime Occurred" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02480V03003" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="ICCS Offence Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J433" totalsRowShown="0">
   <x:autoFilter ref="A1:J433"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age of Victim when Crime Occurred"/>
     <x:tableColumn id="7" name="C02480V03003"/>
     <x:tableColumn id="8" name="ICCS Offence Group"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1081,51 +906,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CVA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1314,51 +1139,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="34.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="66.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -15204,51 +15029,51 @@
       <x:c r="G433" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J433" s="0">
         <x:v>2004</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15265,51 +15090,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CVA04C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Victims of Recorded Crime"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="9">
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
@@ -15657,27 +15482,5212 @@
         <x:n v="160"/>
         <x:n v="4479"/>
         <x:n v="497"/>
         <x:n v="3584"/>
         <x:n v="398"/>
         <x:n v="75"/>
         <x:n v="1569"/>
         <x:n v="177"/>
         <x:n v="1269"/>
         <x:n v="123"/>
         <x:n v="77"/>
         <x:n v="41"/>
         <x:n v="36"/>
         <x:n v="3288"/>
         <x:n v="24142"/>
         <x:n v="2093"/>
         <x:n v="20045"/>
         <x:n v="2004"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="5110"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="4428"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="15698"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="13877"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="5773"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="5771"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="18036"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="15876"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6174"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5232"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="19256"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="16694"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5655"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5624"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="20738"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="17937"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6061"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="18052"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="14967"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="20068"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6775"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="6611"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="23577"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="19921"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6403"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5516"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="6772"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="23582"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="19869"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="344"/>
+    <s v="Under 18 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="6684"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="5658"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3502"/>
+    <s v="18 - 29 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="8271"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="6874"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="30 - 44 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="503"/>
+    <s v="45 - 59 years"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Homicide offences"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="Murder/manslaughter/infanticide"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="Dangerous driving leading to death"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Rape and sexual assault"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="24142"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Attempts/threats to murder"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Assaults"/>
+    <s v="Number"/>
+    <n v="20045"/>
+  </r>
+  <r>
+    <s v="CVA04C01"/>
+    <s v="Victims of Recorded Crime"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="033"/>
+    <s v="Harassment and related offences"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+</pivotCacheRecords>
 </file>