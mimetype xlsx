--- v1 (2026-01-03)
+++ v2 (2026-02-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raebab1e183af4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a90c4e176004d55981ad60c374ccb6e.psmdcp" Id="R7f4a21d58fdf4c5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09db1a3217a54648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5dfe7038a18d4faf83ee13e8c0969750.psmdcp" Id="Ref679532e0f04254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>