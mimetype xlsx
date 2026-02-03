--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf656d7b100046d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0eb46b8f2f64a26868255db08bde3c6.psmdcp" Id="R2741bdc742d94a32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544ec10aac734031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ac1c13f27104375ae824cbd73631677.psmdcp" Id="R8bb38051492f4318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CSR30</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CSR30/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -448,323 +448,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02731V03299" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Voluntary Activity" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L193" totalsRowShown="0">
   <x:autoFilter ref="A1:L193"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02731V03299"/>
     <x:tableColumn id="8" name="Voluntary Activity"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1037,51 +874,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CSR30/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1268,51 +1105,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L193"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="56.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -8638,51 +8475,51 @@
       <x:c r="I193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L193" s="0">
         <x:v>306260</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8699,51 +8536,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L193" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CSR30"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -8990,27 +8827,2716 @@
         <x:n v="18768"/>
         <x:n v="536852"/>
         <x:n v="25695"/>
         <x:n v="256287"/>
         <x:n v="8959"/>
         <x:n v="7062"/>
         <x:n v="8476"/>
         <x:n v="3152"/>
         <x:n v="7443"/>
         <x:n v="230592"/>
         <x:n v="38043"/>
         <x:n v="344303"/>
         <x:n v="16752"/>
         <x:n v="13158"/>
         <x:n v="5998"/>
         <x:n v="3356"/>
         <x:n v="11325"/>
         <x:n v="306260"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553255"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192752"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143133"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180465"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46944"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140461"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2822144"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275013"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79697"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56330"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124630"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27053"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62838"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1403114"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278242"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113055"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86803"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55835"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19891"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77623"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419030"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50051"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202218"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17799"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13377"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15318"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11777"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152167"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30059"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115369"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9478"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7636"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11574"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6485"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85310"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19992"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86849"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8321"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66857"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196613"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851219"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69055"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49823"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63916"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16941"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48128"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654606"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93580"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397127"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27590"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18006"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43433"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19840"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303547"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103033"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454092"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41465"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31817"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20483"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7422"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28288"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351059"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99238"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572151"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34883"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25902"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31289"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7148"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24253"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472913"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36848"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192855"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10468"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7104"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17359"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7807"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156007"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62390"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379296"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24415"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18798"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13930"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16446"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316906"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77375"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594256"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23004"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16555"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32583"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5824"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19471"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516881"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52214"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409843"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13003"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8791"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26999"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12167"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357629"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25161"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184413"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10001"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7764"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5584"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7304"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159252"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51221"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397465"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17265"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12897"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17640"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4064"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13682"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346244"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27731"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211403"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7628"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5635"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12820"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6636"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183672"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23490"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186062"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9637"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7262"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7046"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162572"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15019"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157500"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142481"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8886"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95243"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3969"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86357"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6133"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62257"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56124"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63738"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600590"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25711"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20220"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536852"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25695"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256287"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8959"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7062"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8476"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230592"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons involved in one or more voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38043"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344303"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Social/charity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16752"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13158"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Sport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Politics/culture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Any other voluntary activity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11325"/>
+  </r>
+  <r>
+    <s v="CSR30"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons not involved in voluntary activity including not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306260"/>
+  </r>
+</pivotCacheRecords>
 </file>