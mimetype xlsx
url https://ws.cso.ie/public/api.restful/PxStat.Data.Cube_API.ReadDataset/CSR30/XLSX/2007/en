--- v1 (2026-02-03)
+++ v2 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544ec10aac734031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ac1c13f27104375ae824cbd73631677.psmdcp" Id="R8bb38051492f4318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42691c6529d54623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1f0ab5ca9b94500992dff277d8b0d15.psmdcp" Id="R47402b80671843ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>