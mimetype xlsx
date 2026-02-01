--- v0 (2025-11-07)
+++ v1 (2026-02-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6da7a17ec1c4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76aef405f88b466a8b9a41c8791346d4.psmdcp" Id="R0f37f23162e1412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cbe7f2316a54c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5a436d841de4d39aeaa4c9294cf18d8.psmdcp" Id="R0398c61f9b8041cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CSR27</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CSR27/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,371 +502,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1139,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CSR27/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1370,51 +1171,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12388,51 +12189,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>246</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12449,51 +12250,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CSR27"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="16">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -12842,27 +12643,4060 @@
         <x:n v="381"/>
         <x:n v="93"/>
         <x:n v="557"/>
         <x:n v="48028"/>
         <x:n v="876"/>
         <x:n v="319"/>
         <x:n v="66"/>
         <x:n v="71"/>
         <x:n v="14845"/>
         <x:n v="372"/>
         <x:n v="134"/>
         <x:n v="33"/>
         <x:n v="31"/>
         <x:n v="33183"/>
         <x:n v="504"/>
         <x:n v="185"/>
         <x:n v="40"/>
         <x:n v="246"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160917"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93363"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40883"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60703"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36400"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100214"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56963"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290257"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148241"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142016"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342475"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172766"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169709"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373078"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8377"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189252"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183826"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349361"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10986"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6815"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177487"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4198"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171874"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6788"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322105"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16047"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9769"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163811"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158294"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10050"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301329"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22189"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13645"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151438"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149891"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14169"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274745"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24327"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14899"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137983"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136762"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15560"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9379"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247068"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21470"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12879"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124550"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7656"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122518"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13814"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8128"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225328"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16419"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8989"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113943"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111385"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10467"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181727"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10664"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91561"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90166"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6761"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143396"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70895"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72501"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119152"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56540"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62612"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92466"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40121"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64884"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24694"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40190"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48028"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33183"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CSR27"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+</pivotCacheRecords>
 </file>