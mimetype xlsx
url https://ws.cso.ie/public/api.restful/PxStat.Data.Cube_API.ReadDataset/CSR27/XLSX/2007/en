--- v1 (2026-02-01)
+++ v2 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cbe7f2316a54c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5a436d841de4d39aeaa4c9294cf18d8.psmdcp" Id="R0398c61f9b8041cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfaa6cc036cc40cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5b8035d83ac4ef1b45c9fa62a8cf030.psmdcp" Id="Rb44334c488874a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>