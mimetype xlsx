--- v0 (2025-11-05)
+++ v1 (2026-01-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704f20a7c1954b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e218d6ecf2a43fead349734006fc960.psmdcp" Id="R51cf14997fbc4878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075f9b40b06d4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e88a90befd454185bb4cbc88e4bd05a4.psmdcp" Id="Rdaf3ba1cfffd4281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CSR16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/5/2020 11:00:00 AM</x:t>
+    <x:t>05/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CSR16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,355 +490,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1111,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CSR16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12360,51 +12173,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>404819</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12421,51 +12234,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CSR16"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -12816,27 +12629,4060 @@
         <x:n v="442"/>
         <x:n v="57358"/>
         <x:n v="7531"/>
         <x:n v="1740"/>
         <x:n v="266"/>
         <x:n v="81"/>
         <x:n v="1050"/>
         <x:n v="343"/>
         <x:n v="74"/>
         <x:n v="9345"/>
         <x:n v="346315"/>
         <x:n v="46399"/>
         <x:n v="11186"/>
         <x:n v="4071"/>
         <x:n v="7550"/>
         <x:n v="23592"/>
         <x:n v="12105"/>
         <x:n v="404819"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706683"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419733"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112548"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42693"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120534"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143958"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45597"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599934"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41554"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18047"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12548"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="644423"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213193"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26835"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8145"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11984"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240743"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405950"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38138"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12373"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17537"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445870"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="724655"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81164"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11907"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25547"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23257"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810245"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371020"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50359"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11026"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27500"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9825"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424333"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301619"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47538"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9716"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23169"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12446"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351679"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132875"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23360"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14253"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4844"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157791"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165021"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13148"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7669"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179117"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162512"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166588"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22693"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26921"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607211"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90807"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19578"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16844"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46882"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26285"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="724303"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836897"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223717"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56210"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20760"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73033"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73714"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24578"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322419"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22247"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9976"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6626"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346227"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116881"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15132"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6510"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132420"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157754"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15957"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174409"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246353"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30532"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6580"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8543"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278661"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268008"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39978"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8031"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23212"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7190"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310121"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160633"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28968"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15250"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190984"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76399"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14735"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9492"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92042"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105341"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8125"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114038"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107051"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109230"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15162"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17576"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260896"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44408"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8392"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9294"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23290"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319484"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1869786"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196016"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56338"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21933"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47501"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70244"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21019"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277515"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19307"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8071"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298196"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96312"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108323"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248196"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22181"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6892"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10962"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271461"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478302"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50632"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13873"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17004"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12569"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531584"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103012"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10381"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114212"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140986"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18570"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7919"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5169"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160695"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56476"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8625"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65749"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59680"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5023"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65079"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55461"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57358"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7531"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9345"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346315"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46399"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11186"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7550"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23592"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12105"/>
+  </r>
+  <r>
+    <s v="CSR16"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404819"/>
+  </r>
+</pivotCacheRecords>
 </file>