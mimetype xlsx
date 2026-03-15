--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075f9b40b06d4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e88a90befd454185bb4cbc88e4bd05a4.psmdcp" Id="Rdaf3ba1cfffd4281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb84edf45bc457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b6e5dd4daf345df94b0d58b4d1f7618.psmdcp" Id="R8d71eb9c91844472" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>