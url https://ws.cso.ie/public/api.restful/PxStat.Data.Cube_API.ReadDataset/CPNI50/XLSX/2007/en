--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8f2c7d34284f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6261fbea79ac47e38a5f375dbc7dd088.psmdcp" Id="Re728352a08754f04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fdb60cd63c74a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14290c8f4551456f8238eb45c347a62e.psmdcp" Id="R82b55572fade4d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI50</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population usually resident aged 16 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>03/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The education and qualification systems in Ireland and Northern Ireland differ considerably, as do the census questions asked in each jurisdiction in 2021 and 2022. In Ireland, respondents were asked to identify the highest level of education they had completed, whereas in Northern Ireland, the census focused on qualifications held. See background notes for more information.(https://www.cso.ie/en/releasesandpublications/ep/p-cpini/irelandandnorthernireland-ajointcensuspublication2021-2022/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI50/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland and Northern Ireland - A Joint Census Publication 2021-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -445,275 +445,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...223 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04335V05114" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ireland and Northern Ireland" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04454V05237" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Level of Education" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L97" totalsRowShown="0">
   <x:autoFilter ref="A1:L97"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C04335V05114"/>
     <x:tableColumn id="6" name="Ireland and Northern Ireland"/>
     <x:tableColumn id="7" name="C02076V03371"/>
     <x:tableColumn id="8" name="Age Group"/>
     <x:tableColumn id="9" name="C04454V05237"/>
     <x:tableColumn id="10" name="Level of Education"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -986,51 +859,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI50/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1219,51 +1092,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="37.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -4941,51 +4814,51 @@
       <x:c r="I97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L97" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5002,51 +4875,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L97" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="CPNI50C01"/>
         <x:s v="CPNI50C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Usual residents aged 16 years and over"/>
         <x:s v="Percentage of usual residents aged 16 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04335V05114">
@@ -5161,27 +5034,1372 @@
         <x:n v="6.6"/>
         <x:n v="24.3"/>
         <x:n v="31.9"/>
         <x:n v="6.5"/>
         <x:n v="17"/>
         <x:n v="40.7"/>
         <x:n v="37.3"/>
         <x:n v="5.1"/>
         <x:n v="29.6"/>
         <x:n v="28.3"/>
         <x:n v="33.4"/>
         <x:n v="8.6"/>
         <x:n v="52.1"/>
         <x:n v="12.6"/>
         <x:n v="20.6"/>
         <x:n v="14.7"/>
         <x:n v="29.7"/>
         <x:n v="32.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="Number"/>
+    <n v="246669"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="Number"/>
+    <n v="605278"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="Number"/>
+    <n v="581614"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="Number"/>
+    <n v="123095"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="Number"/>
+    <n v="1556656"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="Number"/>
+    <n v="352555"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="Number"/>
+    <n v="669379"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="Number"/>
+    <n v="579581"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="Number"/>
+    <n v="84866"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="Number"/>
+    <n v="1686381"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="Number"/>
+    <n v="374303"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="Number"/>
+    <n v="226139"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="Number"/>
+    <n v="116762"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="Number"/>
+    <n v="51029"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="Number"/>
+    <n v="768233"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="Number"/>
+    <n v="973527"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="Number"/>
+    <n v="1500796"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="Number"/>
+    <n v="1277957"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="Number"/>
+    <n v="258990"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="Number"/>
+    <n v="4011270"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="Number"/>
+    <n v="97138"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="Number"/>
+    <n v="232237"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="Number"/>
+    <n v="212790"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="Number"/>
+    <n v="28976"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="Number"/>
+    <n v="571141"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="Number"/>
+    <n v="182837"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="Number"/>
+    <n v="174692"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="Number"/>
+    <n v="206243"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="Number"/>
+    <n v="53354"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="Number"/>
+    <n v="617126"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="Number"/>
+    <n v="170028"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="Number"/>
+    <n v="41241"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="Number"/>
+    <n v="67299"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="Number"/>
+    <n v="47908"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="Number"/>
+    <n v="326476"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="Number"/>
+    <n v="450003"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="Number"/>
+    <n v="448170"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="Number"/>
+    <n v="486332"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="Number"/>
+    <n v="130238"/>
+  </r>
+  <r>
+    <s v="CPNI50C01"/>
+    <s v="Usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="Number"/>
+    <n v="1514743"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="3353"/>
+    <s v="16 - 39 years"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="4802"/>
+    <s v="40 - 64 years"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Basic qualification"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="Intermediate and advanced qualification"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="40"/>
+    <s v="Higher and professional qualification"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="99"/>
+    <s v="Qualification not stated"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="50"/>
+    <s v="Other qualification"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="CPNI50C02"/>
+    <s v="Percentage of usual residents aged 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All levels of qualifications"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>