--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81578d19ddd449f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc23aeaca6ed4ff5a15d538d4ad0eaeb.psmdcp" Id="Ra14b7a5a4cb84958" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a0302390284e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/942ae850ee7244e99b888a157bbb5c7b.psmdcp" Id="Rd1fef2b4cb1e4db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI37</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>ILO Unemployment Rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>03/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>In Northern Ireland, labour force data applies to economically active people aged 16 years and over. In Ireland, the number of people unemployed and at work in the census was adjusted to align with the ILO unemployment rate. See the background notes for further information.(https://www.cso.ie/en/releasesandpublications/ep/p-cpini/irelandandnorthernireland-ajointcensuspublication2021-2022/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI37/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland and Northern Ireland - A Joint Census Publication 2021-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -619,491 +619,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04335V05114" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Administrative Counties and Local Government Districts" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H45" totalsRowShown="0">
   <x:autoFilter ref="A1:H45"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C04335V05114"/>
     <x:tableColumn id="6" name="Administrative Counties and Local Government Districts"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1372,51 +1071,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI37/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1605,51 +1304,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2807,51 +2506,51 @@
       <x:c r="E45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2868,51 +2567,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H45" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CPNI37C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="ILO Unemployment Rate"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04335V05114">
       <x:sharedItems count="44">
         <x:s v="N09000002"/>
@@ -3022,27 +2721,468 @@
         <x:n v="6.3"/>
         <x:n v="4.6"/>
         <x:n v="3.5"/>
         <x:n v="4.3"/>
         <x:n v="5"/>
         <x:n v="4.1"/>
         <x:n v="5.8"/>
         <x:n v="4.7"/>
         <x:n v="6.8"/>
         <x:n v="3.7"/>
         <x:n v="3.1"/>
         <x:n v="3.9"/>
         <x:n v="4.9"/>
         <x:n v="3.6"/>
         <x:n v="6.5"/>
         <x:n v="4.5"/>
         <x:n v="5.6"/>
         <x:n v="6.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1434-13a3-e055-000000000001"/>
+    <s v="Cork City Council"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a3-13a3-e055-000000000001"/>
+    <s v="Cork County Council"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CPNI37C01"/>
+    <s v="ILO Unemployment Rate"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+</pivotCacheRecords>
 </file>