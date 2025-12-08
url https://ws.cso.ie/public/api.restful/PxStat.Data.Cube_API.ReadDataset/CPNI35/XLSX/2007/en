--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c3ade75ded446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f75643f82e2444dc86b5d8fa50a46fac.psmdcp" Id="R290ebcea3fe84528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1b172a54414378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2562b08dd47f42bc841c6e3d3b6b3356.psmdcp" Id="R802c726e4a3e4189" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI35</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population usually resident age 16 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>03/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>In Northern Ireland, labour force data applies to economically active people aged 16 years and over. In Ireland, the number of people unemployed and at work in the census was adjusted to align with the ILO unemployment rate. See the background notes for further information.(https://www.cso.ie/en/releasesandpublications/ep/p-cpini/irelandandnorthernireland-ajointcensuspublication2021-2022/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI35/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland and Northern Ireland - A Joint Census Publication 2021-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -421,243 +421,140 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...191 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04335V05114" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ireland and Northern Ireland" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L37" totalsRowShown="0">
   <x:autoFilter ref="A1:L37"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C04335V05114"/>
     <x:tableColumn id="6" name="Ireland and Northern Ireland"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="Principal Economic Status"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -930,51 +827,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI35/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1163,51 +1060,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="26.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -2605,51 +2502,51 @@
       <x:c r="I37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L37" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2666,51 +2563,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L37" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="CPNI35C01"/>
         <x:s v="CPNI35C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Population usually resident age 16 years and over"/>
         <x:s v="Percentage of Population usually resident age 16 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04335V05114">
@@ -2773,27 +2670,532 @@
         <x:n v="849108"/>
         <x:n v="41926"/>
         <x:n v="891034"/>
         <x:n v="442024"/>
         <x:n v="25015"/>
         <x:n v="467039"/>
         <x:n v="407084"/>
         <x:n v="16911"/>
         <x:n v="423995"/>
         <x:n v="95.4"/>
         <x:n v="4.6"/>
         <x:n v="100"/>
         <x:n v="95.3"/>
         <x:n v="4.7"/>
         <x:n v="94.6"/>
         <x:n v="5.4"/>
         <x:n v="96"/>
         <x:n v="4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="2382483"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="Number"/>
+    <n v="115789"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="2498272"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1274867"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="Number"/>
+    <n v="61959"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="1336825"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1107616"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="Number"/>
+    <n v="53830"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="1161447"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="849108"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="Number"/>
+    <n v="41926"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="891034"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="442024"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="Number"/>
+    <n v="25015"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="467039"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="407084"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="Number"/>
+    <n v="16911"/>
+  </r>
+  <r>
+    <s v="CPNI35C01"/>
+    <s v="Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="423995"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="%"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="%"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="%"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="%"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="%"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="%"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CPNI35C02"/>
+    <s v="Percentage of Population usually resident age 16 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-05"/>
+    <s v="All persons in labour force"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>