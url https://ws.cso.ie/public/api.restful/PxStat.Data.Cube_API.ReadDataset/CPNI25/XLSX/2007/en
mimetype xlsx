--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17efba3f49574dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e578e657614f40d78adf2afda96a6385.psmdcp" Id="R4b73da60a8d140c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d0711b22914bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8312b51cbe8f4a8fa0550366713e0645.psmdcp" Id="R64fbbea6cf794310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI25</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>General Health of Population Usually Resident</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>03/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>See background notes for more information.(https://www.cso.ie/en/releasesandpublications/ep/p-cpini/irelandandnorthernireland-ajointcensuspublication2021-2022/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI25/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland and Northern Ireland - A Joint Census Publication 2021-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -541,403 +541,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04335V05114" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ireland and Northern Ireland" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02832V03406" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="General Health" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L533" totalsRowShown="0">
   <x:autoFilter ref="A1:L533"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C04335V05114"/>
     <x:tableColumn id="6" name="Ireland and Northern Ireland"/>
     <x:tableColumn id="7" name="C02832V03406"/>
     <x:tableColumn id="8" name="General Health"/>
     <x:tableColumn id="9" name="C02076V03371"/>
     <x:tableColumn id="10" name="Age Group"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1210,51 +987,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI25/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1443,51 +1220,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L533"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="16.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21733,51 +21510,51 @@
       <x:c r="I533" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L533" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21794,51 +21571,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L533" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="CPNI25C01"/>
         <x:s v="CPNI25C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Population Usually Resident  and Present"/>
         <x:s v="Percentage of Population Usually Resident  and Present"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04335V05114">
@@ -22358,27 +22135,7476 @@
         <x:n v="11.17"/>
         <x:n v="12.56"/>
         <x:n v="14.89"/>
         <x:n v="17.83"/>
         <x:n v="1.95"/>
         <x:n v="0.16"/>
         <x:n v="0.21"/>
         <x:n v="0.66"/>
         <x:n v="0.84"/>
         <x:n v="1"/>
         <x:n v="1.4"/>
         <x:n v="2.02"/>
         <x:n v="2.81"/>
         <x:n v="3.67"/>
         <x:n v="4.37"/>
         <x:n v="4.35"/>
         <x:n v="5.21"/>
         <x:n v="7.08"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="5084879"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="292797"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="340063"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="371248"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="332180"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="298721"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="289894"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="326847"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="378515"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="407607"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="370059"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="336384"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="303402"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="268929"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="234857"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="200553"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="152905"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="95897"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="84021"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="2705924"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="229720"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="273020"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="294295"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="244471"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="192891"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="174384"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="183356"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="197791"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="202951"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="174763"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="145050"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="121651"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="94375"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="70582"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="51700"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="31110"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="15264"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="8550"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="1508222"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="31825"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="39930"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="48448"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="57238"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="69789"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="79395"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="97955"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="124770"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="140096"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="132375"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="127544"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="117767"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="109253"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="102561"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="89767"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="68468"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="40582"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="30459"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="440736"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="8646"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="12399"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="13226"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="16596"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="22880"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="29402"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="32805"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="36191"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="38715"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="41320"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="40943"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="40315"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="37317"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="27965"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="30454"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="72050"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="6213"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="7549"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="7105"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="6465"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="6044"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="16725"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="341222"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="28199"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="22711"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="22621"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="20626"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="21909"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="21039"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="26652"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="29697"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="30265"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="23999"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="20062"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="16210"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="14224"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="11987"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="10669"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="8089"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="6695"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="1903169"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="113820"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="124475"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="126918"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="113203"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="111386"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="116409"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="126050"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="127311"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="122159"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="121669"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="130967"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="129277"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="113050"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="93463"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="83468"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="66377"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="43775"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="39392"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="951123"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="99309"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="103456"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="102179"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="84660"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="72232"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="70735"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="70975"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="67076"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="59031"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="51485"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="47383"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="30006"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="20894"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="15175"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="546033"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="12205"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="16508"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="19168"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="21412"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="28513"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="33051"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="39796"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="42307"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="42420"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="43663"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="47967"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="46444"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="40473"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="34577"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="31050"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="23358"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="13641"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="9480"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="259983"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="5502"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="7967"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="9149"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="10605"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="11947"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="13309"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="16453"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="21304"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="24138"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="24044"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="23362"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="24854"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="22845"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="17734"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="108961"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="5693"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="12977"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="13586"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="10802"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="9327"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="8338"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="6517"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="7022"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="37069"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="4941"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="53.22"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="78.46"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="80.29"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="79.27"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="64.57"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="60.15"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="52.25"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="49.79"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="47.23"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="43.12"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="35.09"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="30.05"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="25.78"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="20.35"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="15.92"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="10.18"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="29.66"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="10.87"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="11.74"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="13.05"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="17.23"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="23.36"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="27.39"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="29.97"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="32.96"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="34.37"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="35.77"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="37.92"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="38.82"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="40.63"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="43.67"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="44.76"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="44.78"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="42.32"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="36.25"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="8.67"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="1.13"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="1.39"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="4.15"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="4.56"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="5.08"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="6.04"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="7.21"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="8.86"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="10.76"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="12.76"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="15.36"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="17.43"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="24.41"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="29.16"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="36.25"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.42"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="0.11"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="0.11"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="0.15"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="0.29"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="0.49"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="0.59"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="1.02"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="1.39"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="1.85"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="2.49"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="2.98"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="3.03"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="3.22"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="5.34"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="7.19"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="0.06"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="0.05"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="0.05"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="0.07"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="0.09"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="0.11"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="0.14"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="0.18"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="0.27"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="0.64"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="0.71"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="0.82"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="1.08"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="1.45"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="2.16"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="6.71"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="9.63"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="6.68"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="6.09"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="6.21"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="7.33"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="7.26"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="8.15"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="7.85"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="7.43"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="6.49"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="5.96"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="5.34"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="5.29"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="5.32"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="5.29"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="5.81"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="7.97"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="49.98"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="87.25"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="83.11"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="80.51"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="74.79"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="64.85"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="60.76"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="56.31"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="52.69"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="48.32"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="42.32"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="36.18"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="26.54"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="22.36"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="18.18"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="13.48"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="9.67"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="6.01"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="28.69"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="10.72"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="13.26"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="18.91"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="28.39"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="31.57"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="33.23"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="34.73"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="35.89"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="36.63"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="35.93"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="35.19"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="31.16"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="24.07"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="13.66"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="1.53"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="3.42"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="4.86"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="7.15"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="7.86"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="8.41"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="9.38"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="10.89"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="13.52"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="16.27"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="18.67"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="21.27"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="29.78"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="34.42"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="39.07"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="45.02"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="5.73"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="0.34"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="0.59"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="0.76"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="1.11"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="1.87"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="2.32"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="4.66"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="6.25"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="8.12"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="10.04"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="12.02"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="11.56"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="11.17"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="12.56"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="14.89"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="17.83"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.95"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="0.16"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="0.15"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="0.21"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="0.66"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="0.84"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="2.02"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="3.67"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="4.37"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="3.67"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="4.35"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="5.21"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="7.08"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI25C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>