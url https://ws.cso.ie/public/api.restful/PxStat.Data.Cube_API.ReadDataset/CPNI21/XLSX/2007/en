--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb09c08c033842e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb8f767f0e214a6998b715f523abb2ff.psmdcp" Id="Rebc588b30f7a48fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5508c066f3c14161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bf3a24ba3114f7ca0a9bdf7dc39a490.psmdcp" Id="R1bd6e3534d374770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI21</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>03/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For Ireland, 'Atheist' and 'Agnostic' is included in 'No religion' category.&lt;br&gt;See background notes for more information.(https://www.cso.ie/en/releasesandpublications/ep/p-cpini/irelandandnorthernireland-ajointcensuspublication2021-2022/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI21/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland and Northern Ireland - A Joint Census Publication 2021-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -544,403 +544,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04335V05114" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ireland and Northern Ireland" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L533" totalsRowShown="0">
   <x:autoFilter ref="A1:L533"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C04335V05114"/>
     <x:tableColumn id="6" name="Ireland and Northern Ireland"/>
     <x:tableColumn id="7" name="C02076V03371"/>
     <x:tableColumn id="8" name="Age Group"/>
     <x:tableColumn id="9" name="C02712V03280"/>
     <x:tableColumn id="10" name="Religion"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1213,51 +990,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI21/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1446,51 +1223,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L533"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="42.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21736,51 +21513,51 @@
       <x:c r="I533" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L533" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21797,51 +21574,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L533" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="CPNI21C01"/>
         <x:s v="CPNI21C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Population Usually Resident  and Present"/>
         <x:s v="Percentage of Population Usually Resident  and Present"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="1">
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04335V05114">
@@ -22353,27 +22130,7476 @@
         <x:n v="7.3"/>
         <x:n v="1.9"/>
         <x:n v="1.8"/>
         <x:n v="4.5"/>
         <x:n v="6.1"/>
         <x:n v="3.3"/>
         <x:n v="6.3"/>
         <x:n v="1.1"/>
         <x:n v="1.3"/>
         <x:n v="2.4"/>
         <x:n v="0.9"/>
         <x:n v="2.8"/>
         <x:n v="0.3"/>
         <x:n v="0.7"/>
         <x:n v="1.5"/>
         <x:n v="0.4"/>
         <x:n v="0.1"/>
         <x:n v="2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="191571"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="19102"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="45787"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="24613"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="244104"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="23709"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="36449"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23145"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="8717"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="275397"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="25913"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="34754"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23489"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="232870"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="23575"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="44012"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22129"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="6877"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="182086"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="19562"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="63396"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23392"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="155014"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="21090"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="75112"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22641"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="6582"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="176460"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="26703"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="78118"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="28196"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="7851"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="6150"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="226002"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="29220"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="75564"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="31030"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="8252"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="262699"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="29687"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="70351"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="31070"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="7097"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="253315"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="27125"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="55038"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="24382"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="5322"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="241591"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="22716"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="44758"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="20092"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="228376"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="18021"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="36565"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15992"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="208772"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="14652"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="28878"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13697"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="187236"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="12182"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="22270"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11268"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="164693"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9301"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="129279"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="8411"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="83190"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="73206"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="4252"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4518"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="3515861"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="340368"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="740033"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="339562"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="81930"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="34082"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="33043"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="52943"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="30929"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="26428"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="59408"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="38358"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="23082"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="60609"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="41694"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="21299"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="51690"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="21106"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="47645"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="32878"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="26988"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="47562"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="34120"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="30936"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="53224"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="37624"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="30885"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="57103"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="39663"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="26371"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="54062"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="41000"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="23416"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="51761"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="45419"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="21303"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="54402"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="53684"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="20012"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="53237"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="55324"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="17877"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="45467"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="50736"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="14315"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="36549"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="43491"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="10837"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="30245"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="42620"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="8011"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="22590"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="36922"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="14421"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="25486"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="12233"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="24008"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="805151"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="Number"/>
+    <n v="710994"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="330982"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="30527"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="Number"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="Number"/>
+    <n v="10458"/>
+  </r>
+  <r>
+    <s v="CPNI21C01"/>
+    <s v="Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="5.448764897"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="6.187156519"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="7.248455363"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="10.02441108"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="6.909178949"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.942936595"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="4.925320898"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.816133725"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="10.63957036"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="7.348001089"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="7.832988847"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="4.696277058"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.917440703"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="10.07567436"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="5.335471961"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.623413155"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="5.94730235"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.516924744"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="8.393750763"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="3.102018582"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="5.178987451"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="8.566645001"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.888874491"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="7.388014158"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="6.055745544"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="4.40899114"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="10.14981764"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.667707223"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="8.049554498"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="19.91949883"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="5.018969749"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="10.55601575"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="8.303638216"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="9.582570487"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="18.61211149"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.428069824"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="10.210896"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="9.138242795"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="10.07201269"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="14.05138759"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="7.471825536"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="9.506467955"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="9.150022676"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="8.662272672"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="9.157764126"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="7.204920786"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="7.437235907"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="7.180426549"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="6.495789088"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="4.82099083"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.871460504"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="6.048108665"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5.917034297"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="4.674722324"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="2.188057985"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.495592403"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="4.940995875"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="4.70959648"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="2.669351886"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="1.019883183"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="5.938004944"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="3.902258413"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="4.0337258"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="1.536677652"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.623430076"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="5.325466507"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="3.00932526"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="3.318392517"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.847064567"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.37224223"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="4.684286438"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="2.057881203"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="2.739116862"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.458928353"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.202766093"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="3.677022499"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="1.136570937"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="1.945741867"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.242890272"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.139212541"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="2.366134497"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="0.477411142"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="1.177988114"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.111070426"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.105922586"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="2.082164227"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="0.244313429"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="1.330537575"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.075674356"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.036316315"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="61"/>
+    <s v="Protestant  and Other Christian religion, n.e.s."/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="60"/>
+    <s v="Islam"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CPNI21C02"/>
+    <s v="Percentage of Population Usually Resident  and Present"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>