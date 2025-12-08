--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc0f97adaaa4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a64ff30078d344ea932497daecd5313b.psmdcp" Id="Rc194b584717647df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bae04d9fbb0425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95b0f9585d034789a515935d30e2781a.psmdcp" Id="Ra7540b87f7d44e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Marital Status - Ireland and Northern Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>03/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>In Northern Ireland marital and civil partnership status applied to persons aged 16 years and over. Persons aged 15 have been added to the 'single' category.&lt;br&gt;See background notes for more information.(https://www.cso.ie/en/releasesandpublications/ep/p-cpini/irelandandnorthernireland-ajointcensuspublication2021-2022/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland and Northern Ireland - A Joint Census Publication 2021-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -442,275 +442,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...223 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04335V05114" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ireland and Northern Ireland" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L181" totalsRowShown="0">
   <x:autoFilter ref="A1:L181"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="C04335V05114"/>
     <x:tableColumn id="10" name="Ireland and Northern Ireland"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -983,51 +856,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1216,51 +1089,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L181"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="15.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="28.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -8130,51 +8003,51 @@
       <x:c r="I181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L181" s="0">
         <x:v>8.99851569</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8191,51 +8064,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L181" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="CPNI07C01"/>
         <x:s v="CPNI07C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Population aged 15 years and over"/>
         <x:s v="Percentage of population aged 15 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2001/2002"/>
         <x:s v="2011"/>
         <x:s v="2021/2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="3">
         <x:s v="2001/2002"/>
         <x:s v="2011"/>
@@ -8459,27 +8332,2548 @@
         <x:n v="47.21579507"/>
         <x:n v="46.35494405"/>
         <x:n v="2.584778025"/>
         <x:n v="3.309827753"/>
         <x:n v="2.710163099"/>
         <x:n v="5.026687422"/>
         <x:n v="2.709867031"/>
         <x:n v="3.390063575"/>
         <x:n v="40.4477573"/>
         <x:n v="36.24427856"/>
         <x:n v="45.30148629"/>
         <x:n v="43.86153712"/>
         <x:n v="3.178228636"/>
         <x:n v="4.117025956"/>
         <x:n v="3.719716912"/>
         <x:n v="6.778642674"/>
         <x:n v="7.352810863"/>
         <x:n v="8.99851569"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="1314664"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="453320"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="1454413"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="658083"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="98779"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="49419"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="35059"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="53000"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="186860"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="100488"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="698591"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="239989"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="328922"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="41420"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="19388"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="16155"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="21909"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="20867"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="616073"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="213331"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="329161"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="57359"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="30031"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="18904"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="31091"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="79621"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="1505035"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="542013"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="1708604"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="682074"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="116194"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="56911"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="87770"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="78074"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="191059"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="97088"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="784423"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="285801"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="855087"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="342111"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="50833"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="22818"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="38085"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="32839"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="43082"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="22087"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="720612"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="256212"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="853517"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="339963"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="65361"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="34093"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="49685"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="45235"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="147977"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="75001"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="1761047"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="599925"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="1912850"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="693250"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="119452"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="57272"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="133420"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="91130"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="210083"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="96384"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="907480"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="313987"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="956855"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="347218"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="52382"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="24792"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="54923"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="37652"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="54917"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="25393"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="853567"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="285938"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="955995"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="346032"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="67070"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="32480"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="78497"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="53478"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="155166"/>
+  </r>
+  <r>
+    <s v="CPNI07C01"/>
+    <s v="Population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="70991"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="42.54885874"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="34.49110179"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="47.07180944"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="50.07060739"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.19696418"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.760071825"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="1.134678091"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="4.032534181"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="6.047689557"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="7.645684808"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="45.89592148"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="38.02860199"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="47.85062939"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="52.12090481"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.721204636"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.072218041"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="1.061348645"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.471695123"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.470895856"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.306580042"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="39.29901668"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="31.22366389"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="46.31561153"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="48.1768352"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.658904542"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="4.395412998"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="1.205877569"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="4.550557275"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="9.520589671"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2001/2002"/>
+    <s v="2001/2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="11.65353063"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="41.70617808"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="37.22207724"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="47.34729936"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="46.84059444"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.219863761"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.908293045"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.432203404"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.361636084"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="5.294455396"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="6.667399187"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="44.2799081"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="40.50146247"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="48.26882151"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="48.48127133"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.869472936"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.233586904"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.149860853"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="4.653683948"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.431936596"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.129995352"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="39.22440821"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="34.13865882"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="46.45870347"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="45.29795977"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.557735016"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="4.542680652"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.704457769"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="6.027282999"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="8.054695529"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="9.993417757"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="42.5697366"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="39.00781619"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="46.23926599"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="45.07591545"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.887509633"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.723891568"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.22515768"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.925377822"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="5.078330093"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="6.266998968"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="44.77939678"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="41.9184772"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="47.21579507"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="46.35494405"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.584778025"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.309827753"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.710163099"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.026687422"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.709867031"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="3.390063575"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="40.4477573"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="36.24427856"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="45.30148629"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="43.86153712"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.178228636"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="4.117025956"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.719716912"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="6.778642674"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="7.352810863"/>
+  </r>
+  <r>
+    <s v="CPNI07C02"/>
+    <s v="Percentage of population aged 15 years and over"/>
+    <s v="2021/2022"/>
+    <s v="2021/2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="8.99851569"/>
+  </r>
+</pivotCacheRecords>
 </file>