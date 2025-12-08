--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216abbc8a3494e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17edb2a507e5422799437e6dcd083d15.psmdcp" Id="Rf73e8d93e68a4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc297039302e43ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c804cc1eab3b4e8f897cd11265a08673.psmdcp" Id="R34aee6569f174132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Change - Ireland and Northern Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>03/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>MYE (Mid-year estimates) used in case of Northern Ireland. &lt;br&gt;See background notes for more information.(https://www.cso.ie/en/releasesandpublications/ep/p-cpini/irelandandnorthernireland-ajointcensuspublication2021-2022/backgroundnotes/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CPNI</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland and Northern Ireland - A Joint Census Publication 2021-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -643,523 +643,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...471 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04335V05114" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="43">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+      </items>
+    </pivotField>
+    <pivotField name="Administrative Counties and Local Government Districts" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="43">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H431" totalsRowShown="0">
   <x:autoFilter ref="A1:H431"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C04335V05114"/>
     <x:tableColumn id="6" name="Administrative Counties and Local Government Districts"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1428,51 +1103,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CPNI05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1661,51 +1336,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H431"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -12899,51 +12574,51 @@
       <x:c r="E431" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12960,51 +12635,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H431" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="CPNI05C01"/>
         <x:s v="CPNI05C02"/>
         <x:s v="CPNI05C03"/>
         <x:s v="CPNI05C04"/>
         <x:s v="CPNI05C05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="Population"/>
         <x:s v="Actual change since 2011"/>
         <x:s v="Actual change since 2016"/>
         <x:s v="Percentage change since 2011"/>
         <x:s v="Percentage change since 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2016"/>
         <x:s v="2022"/>
       </x:sharedItems>
@@ -13410,27 +13085,4328 @@
         <x:n v="11.4"/>
         <x:n v="5.5"/>
         <x:n v="14.4"/>
         <x:n v="8.4"/>
         <x:n v="9.8"/>
         <x:n v="1.1"/>
         <x:n v="13.2"/>
         <x:n v="6.4"/>
         <x:n v="3.5"/>
         <x:n v="2.6"/>
         <x:n v="6.7"/>
         <x:n v="8.9"/>
         <x:n v="7.1"/>
         <x:n v="5.2"/>
         <x:n v="9.6"/>
         <x:n v="9.4"/>
         <x:n v="9.5"/>
         <x:n v="8.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="Number"/>
+    <n v="210924"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="Number"/>
+    <n v="160299"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="Number"/>
+    <n v="142138"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="Number"/>
+    <n v="341111"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="Number"/>
+    <n v="542868"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="Number"/>
+    <n v="118817"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="Number"/>
+    <n v="142158"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="Number"/>
+    <n v="76176"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="Number"/>
+    <n v="56932"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="Number"/>
+    <n v="554554"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="Number"/>
+    <n v="218018"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="Number"/>
+    <n v="159192"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="Number"/>
+    <n v="150259"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="Number"/>
+    <n v="296020"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="Number"/>
+    <n v="115456"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="Number"/>
+    <n v="179390"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="Number"/>
+    <n v="78668"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="Number"/>
+    <n v="222504"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="Number"/>
+    <n v="99232"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="Number"/>
+    <n v="147707"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="Number"/>
+    <n v="142088"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="Number"/>
+    <n v="40873"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="Number"/>
+    <n v="128884"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="194899"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="Number"/>
+    <n v="32044"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="Number"/>
+    <n v="84697"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="Number"/>
+    <n v="137718"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="Number"/>
+    <n v="195044"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="Number"/>
+    <n v="61386"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="Number"/>
+    <n v="130507"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="Number"/>
+    <n v="145874"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="Number"/>
+    <n v="178017"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="Number"/>
+    <n v="77961"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="Number"/>
+    <n v="64544"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="Number"/>
+    <n v="278767"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="Number"/>
+    <n v="65535"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="Number"/>
+    <n v="159553"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="116176"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="Number"/>
+    <n v="88770"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="Number"/>
+    <n v="142425"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="Number"/>
+    <n v="149722"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1866042"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="Number"/>
+    <n v="220271"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="Number"/>
+    <n v="164223"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="Number"/>
+    <n v="146148"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="Number"/>
+    <n v="348005"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="Number"/>
+    <n v="584156"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="Number"/>
+    <n v="127938"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="Number"/>
+    <n v="141316"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="Number"/>
+    <n v="81704"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="Number"/>
+    <n v="61968"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="Number"/>
+    <n v="592713"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="Number"/>
+    <n v="233860"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="Number"/>
+    <n v="167084"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="Number"/>
+    <n v="150836"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="Number"/>
+    <n v="330506"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="Number"/>
+    <n v="116994"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="Number"/>
+    <n v="193323"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="Number"/>
+    <n v="84414"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="Number"/>
+    <n v="247774"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="Number"/>
+    <n v="104160"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="Number"/>
+    <n v="156458"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="Number"/>
+    <n v="149915"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="Number"/>
+    <n v="46751"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="Number"/>
+    <n v="139703"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="209536"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="Number"/>
+    <n v="35199"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="Number"/>
+    <n v="91877"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="Number"/>
+    <n v="139200"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="Number"/>
+    <n v="220826"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="Number"/>
+    <n v="65288"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="Number"/>
+    <n v="137970"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="Number"/>
+    <n v="151001"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="Number"/>
+    <n v="182634"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="Number"/>
+    <n v="83150"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="Number"/>
+    <n v="70259"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="Number"/>
+    <n v="301075"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="Number"/>
+    <n v="70198"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="Number"/>
+    <n v="167895"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="127363"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="Number"/>
+    <n v="96221"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="Number"/>
+    <n v="155851"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="Number"/>
+    <n v="163919"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1910543"/>
+  </r>
+  <r>
+    <s v="CPNI05C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="5149139"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="Number"/>
+    <n v="10626"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="Number"/>
+    <n v="7216"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="Number"/>
+    <n v="23836"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="Number"/>
+    <n v="26942"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="Number"/>
+    <n v="11757"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="Number"/>
+    <n v="-1945"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="Number"/>
+    <n v="22029"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="Number"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="Number"/>
+    <n v="12192"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="Number"/>
+    <n v="6808"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="Number"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="Number"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="Number"/>
+    <n v="-131"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="Number"/>
+    <n v="6863"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="Number"/>
+    <n v="13562"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="Number"/>
+    <n v="5785"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="51724"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="173613"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="Number"/>
+    <n v="19973"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="Number"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="Number"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="Number"/>
+    <n v="14110"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="Number"/>
+    <n v="65124"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="Number"/>
+    <n v="10742"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="Number"/>
+    <n v="8521"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="Number"/>
+    <n v="65101"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="Number"/>
+    <n v="27599"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="Number"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="Number"/>
+    <n v="56515"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="Number"/>
+    <n v="8885"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="Number"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="Number"/>
+    <n v="8741"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="Number"/>
+    <n v="10956"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="Number"/>
+    <n v="14635"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="Number"/>
+    <n v="16806"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="17727"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="Number"/>
+    <n v="11318"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="Number"/>
+    <n v="36691"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="Number"/>
+    <n v="7332"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="Number"/>
+    <n v="11990"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="Number"/>
+    <n v="10358"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="Number"/>
+    <n v="6194"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="Number"/>
+    <n v="35870"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="Number"/>
+    <n v="9141"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="13568"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="Number"/>
+    <n v="10057"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="Number"/>
+    <n v="19211"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="Number"/>
+    <n v="18599"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="96225"/>
+  </r>
+  <r>
+    <s v="CPNI05C02"/>
+    <s v="Actual change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="560887"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="Number"/>
+    <n v="9347"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="Number"/>
+    <n v="6894"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="Number"/>
+    <n v="41288"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="Number"/>
+    <n v="9121"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="Number"/>
+    <n v="-842"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="Number"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="Number"/>
+    <n v="5036"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="Number"/>
+    <n v="38159"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="Number"/>
+    <n v="15842"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="Number"/>
+    <n v="7892"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="Number"/>
+    <n v="34486"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="Number"/>
+    <n v="13933"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="Number"/>
+    <n v="25270"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="Number"/>
+    <n v="4928"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="Number"/>
+    <n v="8751"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="Number"/>
+    <n v="7827"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="Number"/>
+    <n v="5878"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="14637"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="Number"/>
+    <n v="7180"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="Number"/>
+    <n v="25782"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="Number"/>
+    <n v="7463"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="Number"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="Number"/>
+    <n v="4617"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="Number"/>
+    <n v="5189"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="Number"/>
+    <n v="22308"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="Number"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="Number"/>
+    <n v="8342"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="Number"/>
+    <n v="11187"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="Number"/>
+    <n v="7451"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="Number"/>
+    <n v="13426"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="Number"/>
+    <n v="14197"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="Number"/>
+    <n v="44501"/>
+  </r>
+  <r>
+    <s v="CPNI05C03"/>
+    <s v="Actual change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="387274"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C04"/>
+    <s v="Percentage change since 2011"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000002"/>
+    <s v="Armagh City, Banbridge and Craigavon"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000011"/>
+    <s v="Ards and North Down"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000001"/>
+    <s v="Antrim and Newtownabbey"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000003"/>
+    <s v="Belfast"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork City and Cork County"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a2-13a3-e055-000000000001"/>
+    <s v="Clare County Council"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000004"/>
+    <s v="Causeway Coast and Glens"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149d-13a3-e055-000000000001"/>
+    <s v="Cavan County Council"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1492-13a3-e055-000000000001"/>
+    <s v="Carlow County Council"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1433-13a3-e055-000000000001"/>
+    <s v="Dublin City Council"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149f-13a3-e055-000000000001"/>
+    <s v="Dún Laoghaire Rathdown County Council"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a4-13a3-e055-000000000001"/>
+    <s v="Donegal County Council"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000005"/>
+    <s v="Derry City and Strabane"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a0-13a3-e055-000000000001"/>
+    <s v="Fingal County Council"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000006"/>
+    <s v="Fermanagh and Omagh"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a5-13a3-e055-000000000001"/>
+    <s v="Galway County Council"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1435-13a3-e055-000000000001"/>
+    <s v="Galway City Council"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a7-13a3-e055-000000000001"/>
+    <s v="Kildare County Council"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a8-13a3-e055-000000000001"/>
+    <s v="Kilkenny County Council"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a6-13a3-e055-000000000001"/>
+    <s v="Kerry County Council"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000007"/>
+    <s v="Lisburn and Castlereagh"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1490-13a3-e055-000000000001"/>
+    <s v="Longford County Council"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1491-13a3-e055-000000000001"/>
+    <s v="Louth County Council"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148f-13a3-e055-000000000001"/>
+    <s v="Limerick City &amp; County Council"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148e-13a3-e055-000000000001"/>
+    <s v="Leitrim County Council"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-148d-13a3-e055-000000000001"/>
+    <s v="Laois County Council"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000008"/>
+    <s v="Mid and East Antrim"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1494-13a3-e055-000000000001"/>
+    <s v="Meath County Council"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1495-13a3-e055-000000000001"/>
+    <s v="Monaghan County Council"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1493-13a3-e055-000000000001"/>
+    <s v="Mayo  County Council"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000009"/>
+    <s v="Mid Ulster"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N09000010"/>
+    <s v="Newry, Mourne and Down"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1496-13a3-e055-000000000001"/>
+    <s v="Offaly County Council"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1497-13a3-e055-000000000001"/>
+    <s v="Roscommon County Council"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-14a1-13a3-e055-000000000001"/>
+    <s v="South Dublin County Council"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1498-13a3-e055-000000000001"/>
+    <s v="Sligo County Council"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1499-13a3-e055-000000000001"/>
+    <s v="Tipperary County Council"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149a-13a3-e055-000000000001"/>
+    <s v="Waterford City &amp; County Council"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149b-13a3-e055-000000000001"/>
+    <s v="Westmeath County Council"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149e-13a3-e055-000000000001"/>
+    <s v="Wicklow County Council"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-149c-13a3-e055-000000000001"/>
+    <s v="Wexford County Council"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N92000002"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="CPNI05C05"/>
+    <s v="Percentage change since 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+</pivotCacheRecords>
 </file>