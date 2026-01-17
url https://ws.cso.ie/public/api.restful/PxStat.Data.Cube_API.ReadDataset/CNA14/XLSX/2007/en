--- v0 (2025-11-14)
+++ v1 (2026-01-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe14bd9e4dc946ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc85d653cdb04aaa8fd3bcb44904e73d.psmdcp" Id="Rddacaea8ca0a46fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9238c68849441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1d2aeefe1784943b2f3edfe3768dad8.psmdcp" Id="R033cb730341a472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CNA14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Females per 1000 Males</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CNA14/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CTSPMA</x:t>
   </x:si>
   <x:si>
     <x:t>Population Marital Status and Age</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -616,595 +616,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province or County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H826" totalsRowShown="0">
   <x:autoFilter ref="A1:H826"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province or County"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1473,51 +1094,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CNA14/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1704,51 +1325,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H826"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -23212,51 +22833,51 @@
       <x:c r="E826" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H826" s="0">
         <x:v>989</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23273,51 +22894,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H826" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CNA14"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Females per 1000 Males"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="33">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
@@ -23685,27 +23306,8278 @@
         <x:n v="857"/>
         <x:n v="916"/>
         <x:n v="946"/>
         <x:n v="867"/>
         <x:n v="870"/>
         <x:n v="927"/>
         <x:n v="1029"/>
         <x:n v="900"/>
         <x:n v="948"/>
         <x:n v="893"/>
         <x:n v="850"/>
         <x:n v="834"/>
         <x:n v="861"/>
         <x:n v="869"/>
         <x:n v="898"/>
         <x:n v="1046"/>
         <x:n v="955"/>
         <x:n v="1052"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1841"/>
+    <s v="1841"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1851"/>
+    <s v="1851"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CNA14"/>
+    <s v="Females per 1000 Males"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+</pivotCacheRecords>
 </file>