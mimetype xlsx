--- v1 (2026-01-17)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9238c68849441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1d2aeefe1784943b2f3edfe3768dad8.psmdcp" Id="R033cb730341a472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab35b8f7ea9145a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0b4ca9f59b7453b936bb8c82dfae5ca.psmdcp" Id="Rda035fad7dfc4e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>