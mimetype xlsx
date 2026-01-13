--- v0 (2025-11-04)
+++ v1 (2026-01-13)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb6b72d8b2824319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cd02346cbc549d99247aa691ff2beb8.psmdcp" Id="R4e044d6e83814a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490b5d3a3d0f4d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2650394d62d94b81953f7149e82e5acb.psmdcp" Id="R5e4ac66c177e49f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CIS40</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Technological Innovative Enterprises by Location of Co, Persons Engaged and Year</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/7/2022 11:00:00 AM</x:t>
+    <x:t>07/06/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Other Europe (11) includes the following European Union (EU)countries, EFTA or EU candidate countries: Austria, Belgium, Bulgaria, Croatia, Cyprus, Czech Republic, Denmark, Estonia, Finland, France, Germany, Great Britain, Greece, Hungary, Iceland, Italy, Lativa, Liechtenstein, Lithuania, Luxembourg, Macedonia, Malta, Netherlands, Norway, Poland, Portugal, Romania, Slovakia, Slovenia, Switzerland, Turkey, Spain and Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CIS40/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IIEPE</x:t>
   </x:si>
   <x:si>
     <x:t>IIE-Persons Engaged</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Deirdre O'Connor</x:t>
+    <x:t>Devin Zibulsky</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5206</x:t>
+    <x:t>(+353) 21 453 5267</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>FOR</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office and Forfas</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -246,50 +246,53 @@
     <x:t>XI</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEURQ03</x:t>
   </x:si>
   <x:si>
     <x:t>Other Europe (11)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZWORX14</x:t>
   </x:si>
   <x:si>
     <x:t>Other countries (14)</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -433,275 +436,142 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...223 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02580V03132" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Location of Co" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02346V02822" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons Engaged" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J145" totalsRowShown="0">
   <x:autoFilter ref="A1:J145"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02580V03132"/>
     <x:tableColumn id="6" name="Location of Co"/>
     <x:tableColumn id="7" name="C02346V02822"/>
     <x:tableColumn id="8" name="Persons Engaged"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -972,51 +842,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CIS40/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1205,51 +1075,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3591,137 +3461,149 @@
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J76" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>54</x:v>
@@ -3835,137 +3717,149 @@
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J82" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="83" spans="1:10">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J83" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="84" spans="1:10">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J84" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>54</x:v>
@@ -4315,1519 +4209,1591 @@
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J97" s="0">
         <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J99" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J102" s="0">
         <x:v>45.5</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0">
         <x:v>45.1</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J104" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J105" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J106" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J107" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J108" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="110" spans="1:10">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="111" spans="1:10">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J111" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J112" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J114" s="0">
         <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J115" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J116" s="0">
         <x:v>34.4</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J117" s="0">
         <x:v>40.3</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J118" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J119" s="0">
         <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J120" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J122" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J123" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J124" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="0">
         <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J127" s="0">
         <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="0">
         <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J129" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J130" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J131" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J132" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J133" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J134" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J135" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J136" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="137" spans="1:10">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J137" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
     </x:row>
     <x:row r="138" spans="1:10">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J138" s="0">
         <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J139" s="0">
         <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J140" s="0">
         <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J141" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J142" s="0">
         <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J143" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J144" s="0">
         <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J145" s="0">
         <x:v>41.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5844,51 +5810,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J145" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CIS40"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Technological Innovative Enterprises"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="6">
         <x:s v="2010"/>
         <x:s v="2012"/>
         <x:s v="2014"/>
         <x:s v="2016"/>
         <x:s v="2018"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="6">
         <x:s v="2010"/>
@@ -6026,27 +5992,1756 @@
         <x:n v="42.7"/>
         <x:n v="57"/>
         <x:n v="33.7"/>
         <x:n v="32.3"/>
         <x:n v="34.4"/>
         <x:n v="40.3"/>
         <x:n v="22"/>
         <x:n v="19.7"/>
         <x:n v="28.3"/>
         <x:n v="31.2"/>
         <x:n v="49"/>
         <x:n v="20.6"/>
         <x:n v="13.4"/>
         <x:n v="22.4"/>
         <x:n v="21.7"/>
         <x:n v="14.4"/>
         <x:n v="23.7"/>
         <x:n v="41.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="-"/>
+    <s v="10 or more persons engaged"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="01"/>
+    <s v="10-49 persons engaged"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="02"/>
+    <s v="50-249 persons engaged"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="CIS40"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="03"/>
+    <s v="250 or more persons engaged"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+</pivotCacheRecords>
 </file>