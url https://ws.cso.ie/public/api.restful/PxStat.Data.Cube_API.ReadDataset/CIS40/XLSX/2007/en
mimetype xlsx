--- v1 (2026-01-13)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490b5d3a3d0f4d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2650394d62d94b81953f7149e82e5acb.psmdcp" Id="R5e4ac66c177e49f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aea1147fb6e403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90799e456b634dacaa3e3735d42e1a83.psmdcp" Id="Rfb1890be8cb24a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>