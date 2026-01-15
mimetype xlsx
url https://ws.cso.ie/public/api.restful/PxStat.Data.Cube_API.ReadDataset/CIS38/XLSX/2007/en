--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068cc36622214d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/237040306bc748f2b5e2a74bef6d791b.psmdcp" Id="R885c073355c04c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd067eed5277249b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b8e56d2a56a412694ed2f565a8e49e1.psmdcp" Id="Re59f6aaeb9914d93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CIS38</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Technological Innovative Enterprises by Nationality of Ownership, Location of Co and Year</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/7/2022 11:00:00 AM</x:t>
+    <x:t>07/06/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Other Europe (11) includes the following European Union (EU)countries, EFTA or EU candidate countries: Austria, Belgium, Bulgaria, Croatia, Cyprus, Czech Republic, Denmark, Estonia, Finland, France, Germany, Great Britain, Greece, Hungary, Iceland, Italy, Lativa, Liechtenstein, Lithuania, Luxembourg, Macedonia, Malta, Netherlands, Norway, Poland, Portugal, Romania, Slovakia, Slovenia, Switzerland, Turkey, Spain and Sweden.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CIS38/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IIENO</x:t>
   </x:si>
   <x:si>
     <x:t>IIE-Nationality of Ownership</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Deirdre O'Connor</x:t>
+    <x:t>Devin Zibulsky</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5206</x:t>
+    <x:t>(+353) 21 453 5267</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>FOR</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office and Forfas</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -240,50 +240,53 @@
     <x:t>ZZWORX14</x:t>
   </x:si>
   <x:si>
     <x:t>Other countries (14)</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Irish ownership</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Non Irish ownership</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -427,267 +430,140 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...215 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02582V03134" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Ownership" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02580V03132" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Location of Co" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J109" totalsRowShown="0">
   <x:autoFilter ref="A1:J109"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02582V03134"/>
     <x:tableColumn id="6" name="Nationality of Ownership"/>
     <x:tableColumn id="7" name="C02580V03132"/>
     <x:tableColumn id="8" name="Location of Co"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -958,51 +834,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CIS38/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1191,51 +1067,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3001,50 +2877,53 @@
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J56" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>57</x:v>
@@ -3062,50 +2941,53 @@
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J58" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>61</x:v>
@@ -3187,50 +3069,53 @@
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J62" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>57</x:v>
@@ -3248,50 +3133,53 @@
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J64" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>61</x:v>
@@ -3373,50 +3261,53 @@
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J68" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>57</x:v>
@@ -3434,50 +3325,53 @@
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J70" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>61</x:v>
@@ -3539,1153 +3433,1207 @@
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J73" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J75" s="0">
         <x:v>45.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J76" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="0">
         <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J79" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J80" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="81" spans="1:10">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J81" s="0">
         <x:v>44.2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J82" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="83" spans="1:10">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J83" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="84" spans="1:10">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J84" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J85" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J86" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J87" s="0">
         <x:v>50.5</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J88" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J89" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J90" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>42.9</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J92" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0">
         <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J96" s="0">
         <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J97" s="0">
         <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J99" s="0">
         <x:v>25.6</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J102" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0">
         <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J104" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J105" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J106" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J107" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="0">
         <x:v>31.8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4702,51 +4650,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J109" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CIS38"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Technological Innovative Enterprises"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="6">
         <x:s v="2010"/>
         <x:s v="2012"/>
         <x:s v="2014"/>
         <x:s v="2016"/>
         <x:s v="2018"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="6">
         <x:s v="2010"/>
@@ -4857,27 +4805,1324 @@
         <x:n v="27"/>
         <x:n v="45.5"/>
         <x:n v="33.7"/>
         <x:n v="44.2"/>
         <x:n v="29.7"/>
         <x:n v="17"/>
         <x:n v="50.5"/>
         <x:n v="50"/>
         <x:n v="42.9"/>
         <x:n v="28.3"/>
         <x:n v="20.6"/>
         <x:n v="21.7"/>
         <x:n v="25.6"/>
         <x:n v="16.2"/>
         <x:n v="16.5"/>
         <x:n v="35.5"/>
         <x:n v="31.8"/>
         <x:n v="35.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="CNIN"/>
+    <s v="China/India"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZEURQ03"/>
+    <s v="Other Europe (11)"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="CIS38"/>
+    <s v="Technological Innovative Enterprises"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="ZZWORX14"/>
+    <s v="Other countries (14)"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+</pivotCacheRecords>
 </file>