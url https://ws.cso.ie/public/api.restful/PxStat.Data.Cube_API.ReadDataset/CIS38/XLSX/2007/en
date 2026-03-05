--- v1 (2026-01-15)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd067eed5277249b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b8e56d2a56a412694ed2f565a8e49e1.psmdcp" Id="Re59f6aaeb9914d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11eef149ab4248a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f9e8eaa9a3c449dbadedb3a41902505.psmdcp" Id="R38d56e1a57764f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>