--- v0 (2025-11-13)
+++ v1 (2026-02-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78dcaa9b1d3747b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1687eb298b3e4309a16f602bdef9a5c3.psmdcp" Id="R630bfec1d85440bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2b9f0630c6400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/267973b3745f4a87a5d8db88a71430ab.psmdcp" Id="R762a4ddcaa764d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CIA26</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Innovation Expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>This release presents the final results of the community innovation survey (CIS) of enterprises in Ireland. The survey collected information about product and process innovations along with other key variables for the three year period 2004 to 2006 inclusive. The CIS was previously conducted by Forfàs but is now jointly conducted by the CSO and Forfàs to increase efficiency in the collection of statistical data and to reduce the burden on the participating enterprises. Data were collected in accordance with Section 33 of the Statistics Act, 1993 and with EU Law. Data are strictly confidential and will be used only for statistical purposes.   Methodological changes have been introduced in the CIS 2004-2006. As a consequence of this, no conclusions should be drawn regarding the direction or scale of any real changes between CIS 2002-2004 and CIS 2004-2006. # Product Innovation activities during the period 2004 to 2006.  Relates to 10 or more Persons Engaged  See background notes (https://www.cso.ie/en/methods/scienceandtechnology/communityinnovationsurvey/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CIA26/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IIENS</x:t>
   </x:si>
   <x:si>
     <x:t>IIE-Nace Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -397,211 +397,126 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...159 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02345V03131" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02495V03022" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Expenditure" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J11" totalsRowShown="0">
   <x:autoFilter ref="A1:J11"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02345V03131"/>
     <x:tableColumn id="4" name="Sector"/>
     <x:tableColumn id="5" name="C02495V03022"/>
     <x:tableColumn id="6" name="Type of Expenditure"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -872,51 +787,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CIA26/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1105,51 +1020,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.567768" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1491,51 +1406,51 @@
       <x:c r="G11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J11" s="0">
         <x:v>999.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1552,51 +1467,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J11" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CIA26"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Innovation Expenditure"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02345V03131">
       <x:sharedItems count="2">
         <x:s v="810117"/>
         <x:s v="83001"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sector">
       <x:sharedItems count="2">
         <x:s v="Selected services sectors (51, 60 - 67, 72, 742, 743)"/>
         <x:s v="Industrial sectors (10 - 41)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02495V03022">
@@ -1629,27 +1544,148 @@
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Euro Million"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="85.2" maxValue="2660.7" count="10">
         <x:n v="1897.5"/>
         <x:n v="804.7"/>
         <x:n v="85.2"/>
         <x:n v="150.3"/>
         <x:n v="857.3"/>
         <x:n v="2660.7"/>
         <x:n v="917.7"/>
         <x:n v="194.6"/>
         <x:n v="549"/>
         <x:n v="999.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="810117"/>
+    <s v="Selected services sectors (51, 60 - 67, 72, 742, 743)"/>
+    <s v="-"/>
+    <s v="All expenditure on innovation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="1897.5"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="810117"/>
+    <s v="Selected services sectors (51, 60 - 67, 72, 742, 743)"/>
+    <s v="01"/>
+    <s v="In-house R&amp;D"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="804.7"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="810117"/>
+    <s v="Selected services sectors (51, 60 - 67, 72, 742, 743)"/>
+    <s v="02"/>
+    <s v="Purchase of external R&amp;D"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="810117"/>
+    <s v="Selected services sectors (51, 60 - 67, 72, 742, 743)"/>
+    <s v="04"/>
+    <s v="Acquisition of other external knowledge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="150.3"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="810117"/>
+    <s v="Selected services sectors (51, 60 - 67, 72, 742, 743)"/>
+    <s v="05"/>
+    <s v="Acquisition of machinery, equipment and software"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="857.3"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="83001"/>
+    <s v="Industrial sectors (10 - 41)"/>
+    <s v="-"/>
+    <s v="All expenditure on innovation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="2660.7"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="83001"/>
+    <s v="Industrial sectors (10 - 41)"/>
+    <s v="01"/>
+    <s v="In-house R&amp;D"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="917.7"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="83001"/>
+    <s v="Industrial sectors (10 - 41)"/>
+    <s v="02"/>
+    <s v="Purchase of external R&amp;D"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="194.6"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="83001"/>
+    <s v="Industrial sectors (10 - 41)"/>
+    <s v="04"/>
+    <s v="Acquisition of other external knowledge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CIA26"/>
+    <s v="Innovation Expenditure"/>
+    <s v="83001"/>
+    <s v="Industrial sectors (10 - 41)"/>
+    <s v="05"/>
+    <s v="Acquisition of machinery, equipment and software"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro Million"/>
+    <n v="999.4"/>
+  </r>
+</pivotCacheRecords>
+</file>