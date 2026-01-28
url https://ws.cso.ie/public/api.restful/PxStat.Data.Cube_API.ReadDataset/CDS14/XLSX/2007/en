--- v0 (2025-11-09)
+++ v1 (2026-01-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0df371fb47b4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24c838bb78c14f0a8cac00dc0b08642f.psmdcp" Id="Rf124de1e6f32439c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R081898aea9b84cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/341f74045d6044d49f72ad2acf8895c5.psmdcp" Id="R0d42275250bf49d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDS14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDS14/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011TIIP2</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2011 This is Ireland Part 2</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDS14/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13742,51 +13549,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>430461</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13803,51 +13610,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDS14"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14231,27 +14038,4564 @@
         <x:n v="53872"/>
         <x:n v="5564"/>
         <x:n v="282"/>
         <x:n v="77"/>
         <x:n v="338"/>
         <x:n v="1271"/>
         <x:n v="236"/>
         <x:n v="63"/>
         <x:n v="7831"/>
         <x:n v="355084"/>
         <x:n v="59743"/>
         <x:n v="10836"/>
         <x:n v="4280"/>
         <x:n v="8423"/>
         <x:n v="10912"/>
         <x:n v="25292"/>
         <x:n v="15634"/>
         <x:n v="430461"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3927143"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544357"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112259"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48280"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122585"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103640"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157593"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53781"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639079"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55409"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18137"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13397"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3686"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698174"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257753"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31567"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8987"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12101"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290498"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489930"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56178"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14061"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7582"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5711"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25256"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548589"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802763"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115877"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21741"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12506"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30940"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24179"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26511"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924432"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326970"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54985"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9439"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22375"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14169"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384655"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293012"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62615"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8911"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21783"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16757"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13049"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358105"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121435"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28658"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10609"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10252"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151380"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176245"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18073"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7403"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195418"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161823"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166008"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18811"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23341"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639322"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113625"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18707"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7661"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16446"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20559"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50252"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31734"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784681"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1943683"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271864"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56374"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23335"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63382"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50317"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78456"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27878"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243425"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343339"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28964"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10301"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7189"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374260"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140400"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17298"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158348"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192332"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23774"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6281"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9843"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217261"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280909"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43404"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7108"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10658"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7966"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12478"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326906"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238932"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40845"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16726"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10723"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281538"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156430"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35415"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4774"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13003"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9234"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193203"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68863"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13356"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4889"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4398"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82940"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115181"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11253"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127103"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109812"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112136"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13247"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15510"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284238"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53882"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7871"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9647"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24960"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16100"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354220"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1983460"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272493"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55885"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24945"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59203"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53323"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79137"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25903"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2281856"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295740"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26445"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7836"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6208"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323914"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117353"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14269"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5777"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132150"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297598"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32404"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15413"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331328"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521854"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72473"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14633"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20282"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16213"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14033"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597526"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88038"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14140"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103117"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136582"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27200"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8780"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7523"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5788"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164902"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52572"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15302"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5720"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68440"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61064"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68315"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52011"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53872"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5564"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7831"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355084"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59743"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10836"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8423"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10912"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25292"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15634"/>
+  </r>
+  <r>
+    <s v="CDS14"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430461"/>
+  </r>
+</pivotCacheRecords>
 </file>