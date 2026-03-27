--- v1 (2026-01-28)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R081898aea9b84cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/341f74045d6044d49f72ad2acf8895c5.psmdcp" Id="R0d42275250bf49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce76a460e7f448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f15c4e50f8f467eb3208f9f866592f1.psmdcp" Id="R26d89c52e47248c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>