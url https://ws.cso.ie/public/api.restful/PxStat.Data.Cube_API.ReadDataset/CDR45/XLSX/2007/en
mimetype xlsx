--- v0 (2025-11-11)
+++ v1 (2026-01-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cadc70afce4173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77c67f9b8cc941d398c83b94f3ebb323.psmdcp" Id="R408a01d5199c40d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb46a4e2a1e4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25976ae703954c7888127c5e80c6b1e4.psmdcp" Id="R1c3af237162a4ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR45</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Rented Private Dwellings in Permanent Housing Units including Weekly and Average Rent</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR45/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,331 +493,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02010V02440"/>
     <x:tableColumn id="2" name="Type of Private Accommodation"/>
     <x:tableColumn id="3" name="C02699V03267"/>
     <x:tableColumn id="4" name="Nature of Occupancy"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1088,51 +913,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR45/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1319,51 +1144,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12649,51 +12474,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>175.76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12710,51 +12535,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
       <x:sharedItems count="8">
         <x:s v="All households"/>
         <x:s v="Detached house"/>
         <x:s v="Semi- detached house"/>
         <x:s v="Terraced house"/>
         <x:s v="Flat or apartment in a purpose- built block"/>
         <x:s v="Flat or apartment in a converted house or commercial building"/>
         <x:s v="Bed-sit"/>
         <x:s v="Not stated"/>
       </x:sharedItems>
@@ -13127,27 +12952,4252 @@
         <x:n v="134"/>
         <x:n v="22"/>
         <x:n v="720"/>
         <x:n v="148.47"/>
         <x:n v="27"/>
         <x:n v="29"/>
         <x:n v="33"/>
         <x:n v="20"/>
         <x:n v="32"/>
         <x:n v="229"/>
         <x:n v="130.22"/>
         <x:n v="30"/>
         <x:n v="28"/>
         <x:n v="106"/>
         <x:n v="342"/>
         <x:n v="161"/>
         <x:n v="1220"/>
         <x:n v="175.76"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="23755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="35499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="27679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="58.84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="10179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="6361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="4826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="50480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="158.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="161.57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="10488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="25270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="35527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="20428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="16948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="12640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="128696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="191.09"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="11469"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="60.22"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="8177"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="146.76"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="170.07"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="17840"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="166.2"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="7094"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="10214"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="8138"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="30544"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="58.01"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="14876"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="166.96"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="173.08"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="11097"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="4687"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="32189"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="200.39"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="14035"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="11659"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="40352"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="51.02"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="8573"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="158.67"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="150.22"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="21015"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="206.27"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="3844"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="17578"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="70.87"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="12742"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="166.48"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="160.5"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="5222"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="9089"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="6380"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="37082"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="208.85"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="121.07"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="142.63"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="137.06"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="15199"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="156.33"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.62"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="112.14"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="118.18"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="58.17"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="148.47"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="130.22"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C01"/>
+    <s v="Weekly rent under 25  euros"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C02"/>
+    <s v="Weekly rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C03"/>
+    <s v="Weekly rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C04"/>
+    <s v="Weekly rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C05"/>
+    <s v="Weekly rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C06"/>
+    <s v="Weekly rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C07"/>
+    <s v="Weekly rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C08"/>
+    <s v="Weekly rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C09"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C10"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDR45C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="175.76"/>
+  </r>
+</pivotCacheRecords>
 </file>