--- v1 (2026-01-30)
+++ v2 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb46a4e2a1e4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25976ae703954c7888127c5e80c6b1e4.psmdcp" Id="R1c3af237162a4ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c630265af0742c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/344bd0b320db44f6a9b0de127ca1fb52.psmdcp" Id="R473258b52f094f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>