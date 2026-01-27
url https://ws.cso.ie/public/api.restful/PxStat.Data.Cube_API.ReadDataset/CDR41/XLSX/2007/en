--- v0 (2025-11-09)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3352d7d646f4429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/315887db10b8434d95dfa3db20d755dd.psmdcp" Id="R8e6d540c05f04e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9f98fc668d47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74221ff557f6440d86592794b87f3600.psmdcp" Id="R552bcb101a484534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR41</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR41/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,379 +502,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Period in which Built"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1147,51 +942,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR41/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1378,51 +1173,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16500,51 +16295,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>4368</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16561,51 +16356,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR41"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -17066,27 +16861,5572 @@
         <x:n v="1703"/>
         <x:n v="2643"/>
         <x:n v="1792"/>
         <x:n v="1158"/>
         <x:n v="1860"/>
         <x:n v="3301"/>
         <x:n v="13132"/>
         <x:n v="14564"/>
         <x:n v="1758"/>
         <x:n v="981"/>
         <x:n v="917"/>
         <x:n v="655"/>
         <x:n v="1453"/>
         <x:n v="1140"/>
         <x:n v="528"/>
         <x:n v="970"/>
         <x:n v="1794"/>
         <x:n v="4368"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154352"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107645"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142414"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112969"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212382"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166021"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93086"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154774"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249443"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69210"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66394"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59439"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96697"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82838"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135365"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96715"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62898"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99740"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157266"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55312"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87958"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48206"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45717"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30131"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77017"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69306"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30188"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55034"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92177"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13898"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5114"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18355"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61757"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9243"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6791"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13725"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7076"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49680"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6518"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5822"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12056"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6333"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12077"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123655"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13991"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10364"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11172"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10803"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7807"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13653"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30120"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9057"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89459"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6781"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5107"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6469"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7729"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7679"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6301"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11080"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25578"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34196"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7210"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4460"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160878"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23126"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18694"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21703"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9804"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12977"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13385"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8453"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14096"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30642"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7998"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105991"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10681"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10875"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14332"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6089"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7680"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8766"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6384"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10511"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24172"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54887"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12445"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6470"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354089"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28560"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25655"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38513"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27884"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58152"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44493"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21236"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35753"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61863"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239937"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11130"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14223"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25863"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20253"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41997"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30989"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15675"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25726"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44485"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9596"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114152"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17430"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11432"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12650"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7631"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16155"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13504"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5561"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10027"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17378"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281531"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25592"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20975"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32448"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27473"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49343"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33374"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17287"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28841"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39578"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6620"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166311"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8656"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10934"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22747"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20807"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30699"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17799"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11013"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17216"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21507"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4933"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115220"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16936"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10041"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9701"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6666"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18644"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15575"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6274"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11625"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18071"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200869"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17924"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11914"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16218"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17727"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37376"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26820"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14626"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24182"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31038"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107819"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5974"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11052"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13443"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21738"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12041"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8669"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13254"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13706"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93050"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11950"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6091"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15638"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14779"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5957"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10928"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17332"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121819"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14395"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6957"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8518"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20336"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15733"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9499"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15540"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19613"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63820"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5798"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7524"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7564"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8054"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6499"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57999"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8193"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8356"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7486"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13114"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51548"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7204"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6993"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8979"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24113"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27435"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3891"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4914"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6466"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16299"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23514"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4920"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5095"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17500"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30880"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13132"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14564"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CDR41"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+</pivotCacheRecords>
 </file>