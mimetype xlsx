--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9f98fc668d47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74221ff557f6440d86592794b87f3600.psmdcp" Id="R552bcb101a484534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8d86466e344714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/280bb148111f464e91d7e6c4304219ec.psmdcp" Id="Rad834f089e3b4bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>