--- v0 (2025-10-28)
+++ v1 (2026-02-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra76f0e264f234f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aaed4096cf514c0c89143561748c6c6e.psmdcp" Id="R5fda312d63d94fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0ff08658a7e4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f74844be9b0e4db6b70b55a0d8892b52.psmdcp" Id="Rd5831898f4a742b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR38</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR38/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,371 +502,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L364" totalsRowShown="0">
   <x:autoFilter ref="A1:L364"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1139,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR38/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1370,51 +1171,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L364"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15238,51 +15039,51 @@
       <x:c r="I364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>2086821</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15299,51 +15100,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L364" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR38"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -15764,27 +15565,5110 @@
         <x:n v="433"/>
         <x:n v="674"/>
         <x:n v="553"/>
         <x:n v="384"/>
         <x:n v="362"/>
         <x:n v="8330"/>
         <x:n v="29267"/>
         <x:n v="1869786"/>
         <x:n v="196016"/>
         <x:n v="56338"/>
         <x:n v="69434"/>
         <x:n v="11279"/>
         <x:n v="17766"/>
         <x:n v="22386"/>
         <x:n v="11044"/>
         <x:n v="7769"/>
         <x:n v="21019"/>
         <x:n v="2086821"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3409381"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213412"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54214"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112806"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8530"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12443"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13229"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8188"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22172"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3644965"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21613"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6909"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10649"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31779"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86990"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31197"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22511"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118948"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16845"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11776"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19994"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16327"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11484"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28028"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13628"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21496"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10768"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22497"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31118"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7284"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6337"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8792"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54033"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105356"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68444"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21851"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27529"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10187"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175252"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34785"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12267"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4943"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19698"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66750"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706683"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419733"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112548"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163227"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24425"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46952"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21124"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16131"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45597"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1674480"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112962"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24672"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66342"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5107"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6384"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798603"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13297"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6782"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18919"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42992"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15162"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11227"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58526"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8648"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6091"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10264"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7910"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5224"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13223"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6993"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10993"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11657"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15302"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4737"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27176"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64688"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39062"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12914"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15797"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104609"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18829"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7286"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11368"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37483"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836897"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223717"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56210"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93793"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13146"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17560"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24566"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8362"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24578"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1734901"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100450"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29542"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46464"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4411"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7336"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6845"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4046"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11011"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846362"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12860"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43998"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16035"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11284"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60422"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8197"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9730"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8417"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6260"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14805"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10840"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15816"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26857"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40668"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29382"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8937"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11732"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70643"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15956"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8330"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29267"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1869786"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196016"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56338"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU25X02"/>
+    <s v="EU25 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69434"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11279"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17766"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22386"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11044"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON13"/>
+    <s v="Other nationalities (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7769"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21019"/>
+  </r>
+  <r>
+    <s v="CDR38"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+</pivotCacheRecords>
 </file>