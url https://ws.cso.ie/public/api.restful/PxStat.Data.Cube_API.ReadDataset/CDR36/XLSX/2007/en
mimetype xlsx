--- v0 (2025-11-05)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra942c5362ba04d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f28507dd430c45808faf789378471c24.psmdcp" Id="R2f90fb5065034fa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d93c931e10f4492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/550646f4d8f2417987b206d4ab68569d.psmdcp" Id="R77eeeec1928444b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR36</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Age Three Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Gaeltacht as defined by the Gaeltacht Areas Orders, 1956-1982.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR36/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -523,395 +523,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish outside the Education System" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02793V03362"/>
     <x:tableColumn id="6" name="Gaeltacht Areas"/>
     <x:tableColumn id="7" name="C02697V03265"/>
     <x:tableColumn id="8" name="Frequency of Speaking Irish outside the Education System"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1184,51 +967,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR36/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1417,51 +1200,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31587,51 +31370,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>120</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31648,51 +31431,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR36"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Age Three Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="235"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
@@ -32167,27 +31950,11116 @@
         <x:n v="901"/>
         <x:n v="62"/>
         <x:n v="339"/>
         <x:n v="129"/>
         <x:n v="268"/>
         <x:n v="123"/>
         <x:n v="375"/>
         <x:n v="212"/>
         <x:n v="2734"/>
         <x:n v="349"/>
         <x:n v="1266"/>
         <x:n v="497"/>
         <x:n v="1299"/>
         <x:n v="600"/>
         <x:n v="3262"/>
         <x:n v="1562"/>
         <x:n v="345"/>
         <x:n v="730"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64265"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13982"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17687"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15150"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6170"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6878"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22377"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7382"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16909"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5851"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5978"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8458"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8926"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9195"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="Speaks Irish daily within and outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CDR36"/>
+    <s v="Irish Speakers Age Three Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+</pivotCacheRecords>
 </file>