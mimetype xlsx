--- v0 (2025-11-06)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b89601799249ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6008a06cec61433ba520375305161a95.psmdcp" Id="R2417957f3fe94575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6298955d5c0f4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52ade4d1246d48ddbca0456764025ebf.psmdcp" Id="R47d785c25ba54a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR28</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR28/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -364,50 +364,53 @@
   </x:si>
   <x:si>
     <x:t>580</x:t>
   </x:si>
   <x:si>
     <x:t>70 - 74 years</x:t>
   </x:si>
   <x:si>
     <x:t>595</x:t>
   </x:si>
   <x:si>
     <x:t>75 - 79 years</x:t>
   </x:si>
   <x:si>
     <x:t>610</x:t>
   </x:si>
   <x:si>
     <x:t>80 - 84 years</x:t>
   </x:si>
   <x:si>
     <x:t>630</x:t>
   </x:si>
   <x:si>
     <x:t>85 years and over</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -544,427 +547,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L571" totalsRowShown="0">
   <x:autoFilter ref="A1:L571"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02688V03255"/>
     <x:tableColumn id="8" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1237,51 +999,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR28/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1468,51 +1230,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L571"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -22616,50 +22378,53 @@
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J556" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L556" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="557" spans="1:12">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>66</x:v>
@@ -23199,51 +22964,51 @@
       <x:c r="I571" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L571" s="0">
         <x:v>33020</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23260,51 +23025,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L571" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR28"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -23908,27 +23673,8008 @@
         <x:n v="25"/>
         <x:n v="992"/>
         <x:n v="8"/>
         <x:n v="1"/>
         <x:n v="104"/>
         <x:n v="1560"/>
         <x:n v="47755"/>
         <x:n v="13822"/>
         <x:n v="396"/>
         <x:s v=""/>
         <x:n v="444"/>
         <x:n v="14735"/>
         <x:n v="31199"/>
         <x:n v="596"/>
         <x:n v="10"/>
         <x:n v="75"/>
         <x:n v="1116"/>
         <x:n v="33020"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3645199"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22369"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289041"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40525"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35812"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46438"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72303"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1804819"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10990"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156855"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19774"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18311"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24683"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39035"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840380"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11379"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132186"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20751"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17501"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21755"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252499"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12100"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9378"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12824"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300683"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129455"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6197"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6511"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153767"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123044"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6313"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146916"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253369"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12126"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4860"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6435"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287313"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130143"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6181"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147471"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123226"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5945"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139842"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245903"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11196"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272500"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126163"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139772"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119740"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132728"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262505"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287121"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134586"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146891"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127919"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5994"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140230"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268245"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40547"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4687"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331344"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135462"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20532"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167848"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132783"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20015"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163496"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278473"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56048"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6487"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6519"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363586"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137805"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31049"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183838"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140668"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24999"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179748"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277559"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38836"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6394"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5636"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5031"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343043"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137158"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22737"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173569"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140401"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16099"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169474"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266454"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28867"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317078"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131774"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16694"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160644"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134680"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12173"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156434"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260660"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22164"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296844"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127964"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12581"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148594"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132696"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9583"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148250"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244285"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16445"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3520"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270507"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120662"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9206"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135491"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123623"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7239"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135016"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224977"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11689"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243032"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112602"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122342"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112375"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120690"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205944"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9645"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221043"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103863"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111803"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102081"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109240"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167012"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177719"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84133"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89631"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82879"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88088"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132367"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140085"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65389"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69316"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66978"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70769"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111613"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116918"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52949"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55513"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58664"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61405"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87078"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91163"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37696"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39548"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49382"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51615"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61235"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64279"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23193"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24419"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38042"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39860"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45021"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47755"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13822"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14735"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31199"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CDR28"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33020"/>
+  </r>
+</pivotCacheRecords>
 </file>