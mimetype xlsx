--- v1 (2026-01-25)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6298955d5c0f4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52ade4d1246d48ddbca0456764025ebf.psmdcp" Id="R47d785c25ba54a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36d3e2e77f344df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1441dc8913b4f7da68ffd06d2acc3f0.psmdcp" Id="R68f973e699574402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>