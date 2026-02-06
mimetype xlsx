--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09fd86a6f65483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06a07403766e49ca882dc9ba117924e2.psmdcp" Id="Rc91a96adb344483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403a0c31d44d4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0f2f0446fac47179e55967f3d6e5551.psmdcp" Id="Rccdc4fbc23e648db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR26</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR26/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -727,659 +727,238 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...607 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="60">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="60">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J181" totalsRowShown="0">
   <x:autoFilter ref="A1:J181"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1650,51 +1229,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR26/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1881,51 +1460,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J181"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7707,51 +7286,51 @@
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>2086821</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7768,51 +7347,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J181" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR26"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -8125,27 +7704,2188 @@
         <x:n v="4090"/>
         <x:n v="5615"/>
         <x:n v="5143"/>
         <x:n v="1678"/>
         <x:n v="1484"/>
         <x:n v="4376"/>
         <x:n v="11044"/>
         <x:n v="6903"/>
         <x:n v="1691"/>
         <x:n v="1307"/>
         <x:n v="1143"/>
         <x:n v="2078"/>
         <x:n v="816"/>
         <x:n v="3679"/>
         <x:n v="1196"/>
         <x:n v="567"/>
         <x:n v="20452"/>
         <x:n v="2086821"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706683"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3661560"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14829"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12350"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12677"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419733"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275775"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112548"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13319"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24628"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63276"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24425"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7696"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4495"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5432"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13594"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46952"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8460"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9548"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9806"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21124"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12475"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44279"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836897"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814754"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6402"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223717"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150003"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56210"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7170"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13764"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40288"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13146"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4201"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17560"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7487"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24566"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6018"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5572"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23827"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1869786"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846806"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7462"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6275"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196016"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125772"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56338"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10864"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22988"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11279"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17766"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8929"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22386"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11044"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6903"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20452"/>
+  </r>
+  <r>
+    <s v="CDR26"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+</pivotCacheRecords>
 </file>