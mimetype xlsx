--- v1 (2026-02-06)
+++ v2 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403a0c31d44d4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0f2f0446fac47179e55967f3d6e5551.psmdcp" Id="Rccdc4fbc23e648db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc7c31545e84e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14fc4cbfd66c4a0f908355bf6b458032.psmdcp" Id="R80b5fa20a9174ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>