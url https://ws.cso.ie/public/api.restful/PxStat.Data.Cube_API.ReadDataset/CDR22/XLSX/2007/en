--- v0 (2025-11-12)
+++ v1 (2026-02-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d808d167304e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54644b2e86044f949db611c37c44b4e0.psmdcp" Id="R345e4f3f4f614ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d70b1298474f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b4b571a9b344146b42dc252cfe8199e.psmdcp" Id="Raf49a0df999a439c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR22</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR22/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -751,691 +751,246 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...639 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="61">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="61">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J367" totalsRowShown="0">
   <x:autoFilter ref="A1:J367"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1706,51 +1261,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR22/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1937,51 +1492,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J367"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13715,51 +13270,51 @@
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J367" s="0">
         <x:v>460200</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13776,51 +13331,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J367" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR22"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="310"/>
         <x:s v="420"/>
         <x:s v="505"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
@@ -14304,27 +13859,4420 @@
         <x:n v="238"/>
         <x:n v="39"/>
         <x:n v="5"/>
         <x:n v="204"/>
         <x:n v="800"/>
         <x:n v="82"/>
         <x:n v="284"/>
         <x:n v="34"/>
         <x:n v="49"/>
         <x:n v="4"/>
         <x:n v="59"/>
         <x:n v="232"/>
         <x:n v="2237"/>
         <x:n v="1947"/>
         <x:n v="108"/>
         <x:n v="157"/>
         <x:n v="60"/>
         <x:n v="460200"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3559384"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2710020"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849364"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612629"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZEUBA"/>
+    <s v="EU25 excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438489"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50172"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204746"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16863"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9307"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11797"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4292"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13999"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24808"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63090"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27517"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8566"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4568"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZEURP"/>
+    <s v="Other Europe (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8726"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42764"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7727"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16677"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14042"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55628"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11218"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9644"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5850"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZAB02"/>
+    <s v="Other Asian countries (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38301"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25181"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4720"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZAZR"/>
+    <s v="Other America (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6624"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZACP"/>
+    <s v="Other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="777059"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653203"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123856"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83437"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZEUBA"/>
+    <s v="EU25 excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52900"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5866"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31661"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZEURP"/>
+    <s v="Other Europe (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7854"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZAB02"/>
+    <s v="Other Asian countries (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9506"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZAZR"/>
+    <s v="Other America (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZACP"/>
+    <s v="Other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860496"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519243"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416499"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102744"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99222"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZEUBA"/>
+    <s v="EU25 excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70857"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23539"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6916"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17672"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZEURP"/>
+    <s v="Other Europe (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11106"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZAB02"/>
+    <s v="Other Asian countries (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZAZR"/>
+    <s v="Other America (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZACP"/>
+    <s v="Other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618465"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1017257"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727673"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289584"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303294"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZEUBA"/>
+    <s v="EU25 excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210133"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18218"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90469"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7537"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5349"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7551"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13140"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36485"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16403"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5336"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZEURP"/>
+    <s v="Other Europe (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24864"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10404"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8314"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31488"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6614"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZAB02"/>
+    <s v="Other Asian countries (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15223"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZAZR"/>
+    <s v="Other America (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZACP"/>
+    <s v="Other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1320551"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="813837"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590530"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223307"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98464"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZEUBA"/>
+    <s v="EU25 excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80473"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15004"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45831"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4684"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZEURP"/>
+    <s v="Other Europe (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3750"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZAB02"/>
+    <s v="Other Asian countries (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5425"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZAZR"/>
+    <s v="Other America (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZACP"/>
+    <s v="Other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912301"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431988"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322115"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109873"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28212"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZEUBA"/>
+    <s v="EU25 excluding Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24126"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13246"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZEURP"/>
+    <s v="Other Europe (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZAB02"/>
+    <s v="Other Asian countries (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZAZR"/>
+    <s v="Other America (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZACP"/>
+    <s v="Other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CDR22"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460200"/>
+  </r>
+</pivotCacheRecords>
 </file>