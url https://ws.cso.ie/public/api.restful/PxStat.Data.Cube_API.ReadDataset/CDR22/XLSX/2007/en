--- v1 (2026-02-01)
+++ v2 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d70b1298474f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b4b571a9b344146b42dc252cfe8199e.psmdcp" Id="Raf49a0df999a439c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e2a01a263949a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc838b7d05874383ac6d62dfaedbce2e.psmdcp" Id="Rf7502e0d9cb6408d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>