--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995ead14ecb346a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf725a7bc3cf445187c735bb40fdbd71.psmdcp" Id="R17f9a1b3dffa41da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098400d6deba4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76dc83d6bf594ffea86c85026aa9dd91.psmdcp" Id="R2e523267ae2e494f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Females Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -553,435 +553,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Children Born" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02683V03250"/>
     <x:tableColumn id="6" name="Number of Children Born"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1254,51 +1007,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1485,51 +1238,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="26.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26183,51 +25936,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>2110</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26244,51 +25997,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR19"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Females Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="18">
         <x:s v="-"/>
         <x:s v="210"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
@@ -26869,27 +26622,9100 @@
         <x:n v="3487"/>
         <x:n v="32"/>
         <x:n v="3455"/>
         <x:n v="3556"/>
         <x:n v="3516"/>
         <x:n v="2793"/>
         <x:n v="2776"/>
         <x:n v="2090"/>
         <x:n v="2076"/>
         <x:n v="1499"/>
         <x:n v="1495"/>
         <x:n v="1001"/>
         <x:n v="1000"/>
         <x:n v="1857"/>
         <x:n v="1846"/>
         <x:n v="3424"/>
         <x:n v="1314"/>
         <x:n v="2110"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084429"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002392"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835332"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720480"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114852"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181549"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67754"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272397"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28983"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243414"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221768"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9719"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212049"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140743"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3794"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136949"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73881"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72452"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41264"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40649"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22303"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21913"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12491"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12367"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18464"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18308"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266629"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250985"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15644"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286758"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286758"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123989"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123989"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162769"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162769"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="210"/>
+    <s v="0 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132728"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132728"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82006"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82006"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50713"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50713"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140230"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139624"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123376"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123088"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13621"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13526"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163496"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155423"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8073"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131271"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128042"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19450"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16634"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6742"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6438"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179748"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137005"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42743"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118607"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102351"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16256"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32097"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19305"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12792"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17179"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5137"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169474"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76057"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93417"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72168"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49926"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22242"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37017"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12346"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24671"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35291"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7257"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28034"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14647"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11890"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156434"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41419"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115015"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37766"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24740"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13026"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25297"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18159"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45897"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41283"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29038"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27025"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10824"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9921"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148250"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26277"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121973"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26910"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16789"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10121"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16774"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12735"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43498"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41131"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34437"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33321"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15816"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15312"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5209"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135016"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18352"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116664"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21984"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13008"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8976"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12256"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10009"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36283"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35103"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32698"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32240"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17719"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17481"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6735"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120690"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13744"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106946"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18180"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10482"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7698"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9085"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7805"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27294"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26698"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28545"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28287"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19111"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18977"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8859"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8805"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109240"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10977"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98263"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15220"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8692"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6528"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7035"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20338"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20059"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24285"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24163"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19126"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19033"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10495"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10451"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88088"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8606"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79482"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12396"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7122"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4847"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4488"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13862"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13731"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17656"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17587"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15927"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15875"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9690"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9671"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5548"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70769"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63028"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11179"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8933"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8862"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12053"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11996"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12037"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11999"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8618"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8597"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61405"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8054"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53351"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11670"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6761"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6615"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8614"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8572"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9111"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9080"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7119"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4877"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51615"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7979"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43636"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11182"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6445"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4737"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6100"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6060"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6578"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4053"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39860"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7010"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32850"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9341"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4204"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33020"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-1"/>
+    <s v="Total number of children born alive"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26345"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="006"/>
+    <s v="6"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="007"/>
+    <s v="7"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="008"/>
+    <s v="8"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="0091"/>
+    <s v="9 or more"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CDR19"/>
+    <s v="Females Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Ever married (incl. widowed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+</pivotCacheRecords>
 </file>