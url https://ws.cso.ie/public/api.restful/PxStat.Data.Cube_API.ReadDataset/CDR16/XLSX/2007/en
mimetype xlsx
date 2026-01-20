--- v0 (2025-11-15)
+++ v1 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8696685447c34e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51cc09a2e79d462589fb92f76c54d2bb.psmdcp" Id="Rd10f8b44ffdd4625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f7236ef2d1408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a70252ef2cb942bf8fe56e860814323e.psmdcp" Id="Rf09289a7467b4068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Families in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2020 11:00:00 AM</x:t>
+    <x:t>30/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,339 +472,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02256V02728" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Children per Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L281" totalsRowShown="0">
   <x:autoFilter ref="A1:L281"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02258V02730A"/>
     <x:tableColumn id="4" name="Age Group of Child"/>
     <x:tableColumn id="5" name="C02256V02728"/>
     <x:tableColumn id="6" name="Children per Family Unit"/>
     <x:tableColumn id="7" name="C02258V02730B"/>
     <x:tableColumn id="8" name="Type of Family Unit"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1077,51 +902,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1308,51 +1133,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L281"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="35.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12022,51 +11847,51 @@
       <x:c r="I281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L281" s="0">
         <x:v>7102</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12083,51 +11908,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L281" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR16"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Families in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02258V02730A">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="112"/>
         <x:s v="113"/>
         <x:s v="114"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Child">
       <x:sharedItems count="4">
         <x:s v="All family units"/>
         <x:s v="All children under 15 years"/>
         <x:s v="All children aged 15 years and over"/>
@@ -12360,27 +12185,3948 @@
         <x:n v="242"/>
         <x:n v="1141"/>
         <x:n v="144"/>
         <x:n v="2539"/>
         <x:n v="2012"/>
         <x:n v="99"/>
         <x:n v="378"/>
         <x:n v="50"/>
         <x:n v="1484"/>
         <x:n v="1163"/>
         <x:n v="66"/>
         <x:n v="233"/>
         <x:n v="22"/>
         <x:n v="360750"/>
         <x:n v="288129"/>
         <x:n v="11909"/>
         <x:n v="53610"/>
         <x:n v="7102"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053180"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225773"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77781"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516404"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43982"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162551"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26689"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303554"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225773"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77781"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300142"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166292"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23732"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93607"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16511"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253072"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189649"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13374"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43398"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131734"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107906"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16827"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47022"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38679"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5996"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12144"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9562"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1486431"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100154"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74474"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269785"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42018"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345717"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231376"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36111"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73079"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5151"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137915"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68442"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21105"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45147"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127714"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96288"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10810"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19240"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58981"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49279"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16769"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13989"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660456"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482793"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56846"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113010"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7807"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288215"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193323"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71733"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19174"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162227"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97850"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48460"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86984"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64503"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17065"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29524"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23449"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7553"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6037"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465225"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329232"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103165"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27109"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115694"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91705"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17739"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38374"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28858"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43229"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35178"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22700"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18653"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7368"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5841"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360750"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288129"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11909"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53610"/>
+  </r>
+  <r>
+    <s v="CDR16"/>
+    <s v="Families in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7102"/>
+  </r>
+</pivotCacheRecords>
 </file>