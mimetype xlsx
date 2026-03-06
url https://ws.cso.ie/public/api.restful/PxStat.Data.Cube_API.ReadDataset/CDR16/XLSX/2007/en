--- v1 (2026-01-20)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f7236ef2d1408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a70252ef2cb942bf8fe56e860814323e.psmdcp" Id="Rf09289a7467b4068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea93a8b1d2a4106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a790d7dccf80457d83b5c169ce86eb7c.psmdcp" Id="Rc03eda6d951c4369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>