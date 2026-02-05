--- v0 (2025-11-04)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ae14daa9ac4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e03b2ad3dc04025a3f3b89e80eca8d8.psmdcp" Id="R89820a76528641c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R959584e5378d4458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3d276439ea946db9d60e17f750bc2a7.psmdcp" Id="Rc5d2877058554609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDR06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -538,419 +538,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L514" totalsRowShown="0">
   <x:autoFilter ref="A1:L514"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Detailed Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1223,51 +988,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDR06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1454,51 +1219,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L514"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21022,51 +20787,51 @@
       <x:c r="I514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L514" s="0">
         <x:v>23617</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21083,51 +20848,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L514" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDR06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -21637,27 +21402,7210 @@
         <x:n v="192"/>
         <x:n v="110"/>
         <x:n v="29061"/>
         <x:n v="14845"/>
         <x:n v="3333"/>
         <x:n v="5921"/>
         <x:n v="5672"/>
         <x:n v="201"/>
         <x:n v="48"/>
         <x:n v="98"/>
         <x:n v="49"/>
         <x:n v="5444"/>
         <x:n v="33183"/>
         <x:n v="6705"/>
         <x:n v="2706"/>
         <x:n v="60"/>
         <x:n v="94"/>
         <x:n v="23617"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2317676"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565016"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1523527"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9694"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31795"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107263"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59534"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190359"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216440"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767178"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17899"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45783"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27226"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1101236"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756349"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13896"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61480"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32308"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302252"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302252"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154556"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154556"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147696"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147696"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288325"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288325"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147984"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147984"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140341"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140341"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273872"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273872"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140504"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140504"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133368"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133368"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290257"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289155"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148241"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147781"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142016"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141374"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342475"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329467"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12037"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11955"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172766"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168142"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169709"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161325"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7770"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7726"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373078"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299563"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69105"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68685"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189252"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159356"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28323"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28139"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183826"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140207"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40782"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40546"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349361"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173343"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164352"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162898"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6918"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177487"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96008"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76982"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76413"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171874"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77335"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87370"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86485"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322105"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95565"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204512"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200568"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12562"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7756"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163811"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53426"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101731"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99987"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4823"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158294"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42139"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102781"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100581"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7739"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4459"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301329"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60612"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210331"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204324"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17077"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10422"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151438"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33921"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105394"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102331"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6737"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4488"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149891"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26691"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104937"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101993"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10340"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274745"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43239"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196964"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190347"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5835"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18817"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10951"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4774"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137983"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24514"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99393"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95725"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7842"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4877"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136762"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18725"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97571"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94622"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247068"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33972"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179211"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173188"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17263"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7268"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124550"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19964"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90495"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87144"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7675"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122518"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14008"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88716"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86044"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9588"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5196"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225328"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28828"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163800"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158265"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14030"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11552"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113943"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17626"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83214"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79965"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6510"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111385"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11202"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80586"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78300"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8384"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181727"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22269"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130494"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126278"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8579"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15990"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91561"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13427"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67741"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65166"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4210"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90166"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8842"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62753"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61112"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11999"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143396"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19540"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94991"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92061"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21756"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70895"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11594"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50657"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48818"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72501"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7946"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44334"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43243"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16799"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119152"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18744"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67995"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65973"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28749"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56540"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10549"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38151"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36822"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5864"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62612"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8195"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29844"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29151"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22885"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92466"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16434"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41238"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40044"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33229"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40121"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8358"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24606"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23803"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8076"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16632"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16241"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26923"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64884"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12458"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20411"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19696"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31375"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24694"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13085"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12584"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40190"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7061"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7112"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25474"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48028"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8627"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8304"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29061"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5672"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33183"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CDR06"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23617"/>
+  </r>
+</pivotCacheRecords>
 </file>