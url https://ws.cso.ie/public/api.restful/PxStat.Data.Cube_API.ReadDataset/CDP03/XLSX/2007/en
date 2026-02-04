--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb864422379d248d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cb2e3f1aaa34e02b4fe4f241fe1893e.psmdcp" Id="R86153e4110f048a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c007c6f2e454639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b393faecd23f45fe812e32eec11d5d6c.psmdcp" Id="R6b5f1c4d003a406f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDP03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population and Percentage Change 2006 and 2011</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2020 11:00:00 AM</x:t>
+    <x:t>30/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Figures in the above table for 2011 are preliminary figures only. Constituency is as defined in the Electoral (Amendment) (No. 4) Act 2009 for elections to Dáil Éireann.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDP03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011PR</x:t>
   </x:si>
   <x:si>
     <x:t>Preliminary Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -652,531 +652,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...479 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02696V03264" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Constituency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H265" totalsRowShown="0">
   <x:autoFilter ref="A1:H265"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02696V03264"/>
     <x:tableColumn id="2" name="Constituency"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1445,51 +1114,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDP03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1678,51 +1347,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -8600,51 +8269,51 @@
       <x:c r="E265" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>27598</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8661,51 +8330,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02696V03264">
       <x:sharedItems count="44">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="15"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="19"/>
         <x:s v="20"/>
         <x:s v="21"/>
@@ -9026,27 +8695,2668 @@
         <x:n v="5.2"/>
         <x:n v="26632"/>
         <x:n v="28023"/>
         <x:n v="131749"/>
         <x:n v="145273"/>
         <x:n v="10.3"/>
         <x:n v="26350"/>
         <x:n v="29055"/>
         <x:n v="130356"/>
         <x:n v="140807"/>
         <x:n v="26071"/>
         <x:n v="28161"/>
         <x:n v="4239848"/>
         <x:n v="4581269"/>
         <x:n v="8.1"/>
         <x:n v="166"/>
         <x:n v="25541"/>
         <x:n v="27598"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="133745"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="145533"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26749"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29107"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="120000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="133369"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26674"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="105571"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="111177"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26393"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27794"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="100168"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="113954"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25042"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28488"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="100180"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="104846"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25045"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26212"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="74619"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="81521"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24873"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27174"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="129379"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="134992"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25876"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26998"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="76949"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="82815"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25650"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27605"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="73874"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="82779"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24625"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27593"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="73390"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="78148"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24463"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26049"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="104674"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="113028"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26168"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28257"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="100399"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="110464"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25100"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27616"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="98340"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="114143"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24585"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28536"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="75276"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="74366"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25092"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="24789"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="76160"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="81022"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25387"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27007"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="73327"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="78692"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24442"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26231"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="130377"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="141333"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26075"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28267"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="122168"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="126777"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24434"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="25355"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="100305"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="103163"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25076"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="25791"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="97989"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="105614"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26404"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="105668"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="117126"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26417"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29282"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="102493"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="104875"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25623"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26219"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="100629"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="110075"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25157"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27519"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="131041"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="140466"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26208"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28093"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="77492"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="80650"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25831"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Kerry North-West Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26883"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="75489"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="77756"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25163"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="25919"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="106500"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="119680"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26625"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29920"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="79835"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="90275"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26612"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="30092"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="133651"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="152824"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26730"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="30565"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="100993"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="102121"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25248"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="25530"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="75295"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="81535"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25098"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27178"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="106211"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="116592"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26553"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29148"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="128600"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="143168"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28634"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="123839"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="130552"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24768"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26110"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="76631"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="86531"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25544"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28844"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="76393"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="85482"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25464"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28494"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="74384"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="80794"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24795"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Roscommon - South Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26931"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="74228"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="80152"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24743"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Sligo-North Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26717"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="80203"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="84938"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26734"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28313"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="74748"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="79770"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="24916"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="26590"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="106530"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="112091"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26632"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28023"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="131749"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="145273"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26350"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29055"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="130356"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="140807"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="26071"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C1"/>
+    <s v="Population 2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C2"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4581269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C3"/>
+    <s v="Percentage change in population 2006-2011"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C4"/>
+    <s v="Number of Dáil members"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C5"/>
+    <s v="Population per Dáil member 2006"/>
+    <s v="Number"/>
+    <n v="25541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDP03C6"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27598"/>
+  </r>
+</pivotCacheRecords>
 </file>