--- v1 (2026-02-04)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c007c6f2e454639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b393faecd23f45fe812e32eec11d5d6c.psmdcp" Id="R6b5f1c4d003a406f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfecdc7fcf3b54201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96661b6569a84a9994e9dc7ed68fd10d.psmdcp" Id="R0a8e4121c4f8433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>