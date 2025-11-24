--- v0 (2025-10-05)
+++ v1 (2025-11-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c35589b9ab34fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a6b599e0c344271a8ddaeb75342db9b.psmdcp" Id="R0513b55a01e546a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4905dc4addf341c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7ba9b19584f419f8cdefce9554724f9.psmdcp" Id="Rcfc199fd2eb34d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>