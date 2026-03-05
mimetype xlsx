--- v1 (2025-11-24)
+++ v2 (2026-03-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4905dc4addf341c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7ba9b19584f419f8cdefce9554724f9.psmdcp" Id="Rcfc199fd2eb34d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50284ff0f03e4b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f41d6a4764144d380610a746047d501.psmdcp" Id="R506c78ffc261473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDD46</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Click here to see Census releases and publications(https://www.cso.ie/en/census/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD46/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011TIIP1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2011 This is Ireland Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -499,363 +499,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02859V03437" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Language Spoken" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L241" totalsRowShown="0">
   <x:autoFilter ref="A1:L241"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02859V03437"/>
     <x:tableColumn id="8" name="Language Spoken"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1128,51 +935,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD46/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1361,51 +1168,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10555,51 +10362,51 @@
       <x:c r="I241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L241" s="0">
         <x:v>379101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10616,51 +10423,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDD46"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="250"/>
         <x:s v="275"/>
         <x:s v="352"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="5">
         <x:s v="All ages"/>
         <x:s v="0 - 4 years"/>
@@ -10964,27 +10771,3388 @@
         <x:n v="82685"/>
         <x:n v="323760"/>
         <x:n v="93714"/>
         <x:n v="37267"/>
         <x:n v="23890"/>
         <x:n v="19079"/>
         <x:n v="16750"/>
         <x:n v="15398"/>
         <x:n v="14335"/>
         <x:n v="12384"/>
         <x:n v="9944"/>
         <x:n v="9578"/>
         <x:n v="7612"/>
         <x:n v="8574"/>
         <x:n v="6559"/>
         <x:n v="7953"/>
         <x:n v="96064"/>
         <x:n v="379101"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10573"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37800"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14841"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11257"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33819"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133187"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108953"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18630"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28816"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12501"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18850"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10383"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16513"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12503"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10468"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8958"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6720"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7981"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8872"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98789"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380881"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119526"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56430"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31635"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27342"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22446"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21640"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20625"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15166"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12996"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10344"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10093"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132608"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514068"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8551"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8921"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30090"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10451"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10677"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36131"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9324"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26569"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9625"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7807"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28546"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10527"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17131"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55115"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11046"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21187"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6541"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22534"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4834"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12842"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5232"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8736"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43721"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21613"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6426"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13379"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55341"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92640"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23762"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10805"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16416"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8972"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14181"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11857"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9889"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9095"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7192"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6507"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7886"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82685"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323760"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93714"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37267"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23890"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19079"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16750"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15398"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14335"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12384"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9944"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7612"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8574"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7953"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96064"/>
+  </r>
+  <r>
+    <s v="CDD46"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379101"/>
+  </r>
+</pivotCacheRecords>
 </file>