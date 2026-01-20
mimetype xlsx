--- v0 (2025-11-12)
+++ v1 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f0bd1433724303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/915cd0c739bc4bf0ac5aa43c4241c05c.psmdcp" Id="R1d4a3237dd484373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re57a8ffb79bf4d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bef6ee5c84a54915a72cce13d1e55a39.psmdcp" Id="R3785b8927328448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDD44</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Rented Private Dwellings in Permanent Housing Units including Weekly and Average Rent</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Click here to see Census releases and publications(https://www.cso.ie/en/census/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD44/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011TIIP1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2011 This is Ireland Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -493,331 +493,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02010V02440"/>
     <x:tableColumn id="2" name="Type of Private Accommodation"/>
     <x:tableColumn id="3" name="C02699V03267"/>
     <x:tableColumn id="4" name="Nature of Occupancy"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1088,51 +913,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD44/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1321,51 +1146,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12651,51 +12476,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>65.93</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12712,51 +12537,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
       <x:sharedItems count="8">
         <x:s v="All households"/>
         <x:s v="Detached house"/>
         <x:s v="Semi- detached house"/>
         <x:s v="Terraced house"/>
         <x:s v="Flat or apartment in a purpose- built block"/>
         <x:s v="Flat or apartment in a converted house or commercial building"/>
         <x:s v="Bed-sit"/>
         <x:s v="Not stated"/>
       </x:sharedItems>
@@ -13131,27 +12956,4252 @@
         <x:n v="1396"/>
         <x:n v="1310"/>
         <x:n v="865"/>
         <x:n v="347"/>
         <x:n v="450"/>
         <x:n v="5288"/>
         <x:n v="161.76"/>
         <x:n v="247"/>
         <x:n v="1215"/>
         <x:n v="1097"/>
         <x:n v="224"/>
         <x:n v="228"/>
         <x:n v="3177"/>
         <x:n v="63.4"/>
         <x:n v="26"/>
         <x:n v="2"/>
         <x:n v="296"/>
         <x:n v="65.93"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="63571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="84047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="94187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="84505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="49431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="23370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="18874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="15095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="449352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="135.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="8147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="31205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="83144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="80567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="48038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="22728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="18485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="305377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="171.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="11568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="50852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="9880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="4737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="59.01"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="71.56"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="13255"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="19923"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="14761"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="5414"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="71633"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="137.04"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="7013"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="18497"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="14210"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="54970"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="159.55"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="15519"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="75.29"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="20346"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="25302"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="26994"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="24585"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="12471"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="4753"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="130136"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="130.41"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="23892"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="23428"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="12158"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="83248"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="170.79"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="3692"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="16525"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="16416"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="42346"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="57.98"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="64.08"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="21152"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="23932"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="16662"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="12778"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="8778"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="100553"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="117.63"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="5209"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="12987"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="11985"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="8537"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="51352"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="175.86"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="18251"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="17580"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="46178"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="56.28"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="63.19"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="11584"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="14054"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="18461"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="25552"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="19675"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="109571"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="159.84"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="6485"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="16292"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="24382"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="19095"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="84626"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="186.74"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="8738"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="19578"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="82.23"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="8298"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="5031"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="23391"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="138.97"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="7967"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="21418"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="144.43"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="81.34"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="71.17"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="102.77"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="110.31"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="60.34"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="68.77"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="8761"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="122.53"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="5288"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="161.76"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C01"/>
+    <s v="Weekly Rent Under 25  euros"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C02"/>
+    <s v="Weekly Rent 25 - &lt; 50  euros"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C03"/>
+    <s v="Weekly Rent 50 - &lt; 100  euros"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C04"/>
+    <s v="Weekly Rent 100 - &lt; 150  euros"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C05"/>
+    <s v="Weekly Rent 150 - &lt; 200  euros"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C06"/>
+    <s v="Weekly Rent 200 - &lt; 250  euros"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C07"/>
+    <s v="Weekly Rent 250 - &lt; 300  euros"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C08"/>
+    <s v="Weekly Rent 300 euros and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C09"/>
+    <s v="Weekly Rent Not Stated"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C10"/>
+    <s v="All Rent Amounts"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD44C11"/>
+    <s v="Average Weekly Ren"/>
+    <s v="Number"/>
+    <n v="65.93"/>
+  </r>
+</pivotCacheRecords>
 </file>