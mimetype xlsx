--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re57a8ffb79bf4d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bef6ee5c84a54915a72cce13d1e55a39.psmdcp" Id="R3785b8927328448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd80352f3d0414dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f86d6605cee649889a92c3a80c2fcbe7.psmdcp" Id="R628611a266984be3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>