--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R732f4091e8224c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e94b9d136dc4473b8ee7e80d464dd309.psmdcp" Id="Rf8536a571acb4393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5c1f2f6fb74cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98dc1567578343c6b22cac2a550e02ff.psmdcp" Id="R8cc1e0b12d3b4c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDD35</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Click here to see Census releases and publications(https://www.cso.ie/en/census/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD35/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011TIIP1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2011 This is Ireland Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -559,427 +559,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J505" totalsRowShown="0">
   <x:autoFilter ref="A1:J505"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02712V03280"/>
     <x:tableColumn id="4" name="Religion"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1250,51 +1003,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD35/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1483,51 +1236,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -17677,51 +17430,51 @@
       <x:c r="G505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17738,51 +17491,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02712V03280">
       <x:sharedItems count="28">
         <x:s v="01"/>
         <x:s v="04"/>
         <x:s v="07"/>
         <x:s v="10"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="12"/>
@@ -18345,27 +18098,6076 @@
         <x:n v="76.5"/>
         <x:n v="75562"/>
         <x:n v="19560"/>
         <x:n v="34.9"/>
         <x:n v="112592"/>
         <x:n v="37030"/>
         <x:n v="30945"/>
         <x:n v="-7025"/>
         <x:n v="-18.5"/>
         <x:n v="33590"/>
         <x:n v="2645"/>
         <x:n v="8.5"/>
         <x:n v="2118677"/>
         <x:n v="147638"/>
         <x:n v="7.5"/>
         <x:n v="2315553"/>
         <x:n v="196876"/>
         <x:n v="9.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3681446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="218840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3861335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="179889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="121229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="129039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="7810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="13392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="49204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="16665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="20798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="10361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="45223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="24425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="117.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="7803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="41161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="11955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="24600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="157.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14043"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-5318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-43.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-1088"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-20.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="320.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="132.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-7.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-3.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="186318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="48054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="269811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="83493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="70322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-8772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-11.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="72914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="322645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="348404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1818390"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="115868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1884192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="65802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="59869"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="63455"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19372"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="5002"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="21942"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="11274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13750"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12008"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="158.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-2727"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-45.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-537"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="301.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-17.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="129.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-13.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="110756"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="28494"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="157219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="46463"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39377"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-1747"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-4.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39324"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="175007"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="151528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1863056"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="102972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1977143"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="114087"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="61360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65584"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="21077"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="7910"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="5359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="13151"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="129.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="15456"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="6599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11538"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12250"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="156.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-2591"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-42.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-19.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="362.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="166.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="142.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-9.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6446"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="75562"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="19560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="112592"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="37030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30945"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="-7025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="-18.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="33590"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="147638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C1"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C2"/>
+    <s v="Actual Change Since Previous Census"/>
+    <s v="Number"/>
+    <n v="196876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD35C3"/>
+    <s v="Percentage Change Since Previous Census"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+</pivotCacheRecords>
 </file>