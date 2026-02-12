--- v1 (2025-12-26)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5c1f2f6fb74cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98dc1567578343c6b22cac2a550e02ff.psmdcp" Id="R8cc1e0b12d3b4c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fb470b563044def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e091d9de04a547378e3106a44e532101.psmdcp" Id="Rbecd60dcc75d4765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>