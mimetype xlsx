--- v0 (2025-11-11)
+++ v1 (2026-01-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59bc171fd479450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13bcb688e92d41dc9fe4df2a9f0027bc.psmdcp" Id="Re4f2d32d067d472f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43ada5fb1b5478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13e3a95c8586404fb966c03b1621e0e7.psmdcp" Id="Rb726f16d4a7b4ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDD31</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged Three Years and Over and Percentage of Irish Speakers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Click here to see Census releases and publications(https://www.cso.ie/en/census/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD31/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011TIIP1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2011 This is Ireland Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -517,363 +517,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J286" totalsRowShown="0">
   <x:autoFilter ref="A1:J286"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1144,51 +945,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD31/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1377,51 +1178,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J286"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -10563,51 +10364,51 @@
       <x:c r="G286" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J286" s="0">
         <x:v>33.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10624,51 +10425,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J286" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="235"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="565"/>
         <x:s v="580"/>
         <x:s v="595"/>
         <x:s v="610"/>
         <x:s v="630"/>
       </x:sharedItems>
     </x:cacheField>
@@ -11012,27 +10813,3448 @@
         <x:n v="14155"/>
         <x:n v="25958"/>
         <x:n v="1577"/>
         <x:n v="35.3"/>
         <x:n v="58416"/>
         <x:n v="18012"/>
         <x:n v="37130"/>
         <x:n v="3274"/>
         <x:n v="32.7"/>
         <x:n v="18486"/>
         <x:n v="5459"/>
         <x:n v="12134"/>
         <x:n v="893"/>
         <x:n v="31"/>
         <x:n v="39930"/>
         <x:n v="12553"/>
         <x:n v="24996"/>
         <x:n v="2381"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4370631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2507312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="88882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2161466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1312713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="47903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2209165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1194599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="138708"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18740"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="112123"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7845"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="70843"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8702"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58139"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="67865"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53984"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="320770"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="198940"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="114091"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7739"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="164037"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="98406"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="61690"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="156733"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="100534"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="52401"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="302491"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="219292"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="78268"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="155076"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="107669"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="44793"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="147415"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="111623"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33475"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="283019"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="178751"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="99838"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4430"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="144262"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83888"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57999"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="138757"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="94863"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41839"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="297231"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="128613"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="162326"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="146636"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="56557"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="86525"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="150595"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72056"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="75801"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="361122"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="125895"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="227839"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7388"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="173714"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="52660"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="116906"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4148"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="187408"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="73235"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="110933"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="393945"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="134985"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="251719"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7241"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="194774"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="56711"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="133768"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="199171"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="78274"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="117951"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="364261"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="125839"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="232349"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6073"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="182237"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53134"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="125480"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="182024"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72705"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="106869"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="330812"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="108565"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="216843"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="166330"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45936"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="117195"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="164482"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="62629"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="99648"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="305185"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="99347"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="201805"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="151516"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42296"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="106813"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="153669"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57051"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="94992"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="274386"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="97156"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="173167"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="136737"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="43523"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="90805"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="137649"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53633"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="82362"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="244522"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="90117"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="150608"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="122121"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41668"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="78300"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="122401"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="48449"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72308"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="218786"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="74244"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="140480"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="109869"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34664"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72922"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="108917"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="39580"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="67558"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="173638"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58425"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="111563"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="86298"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="27342"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="56989"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="87340"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31083"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="54574"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="131190"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42029"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="85862"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="63476"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="19323"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42407"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="67714"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22706"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="43455"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="102036"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32722"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="66526"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="46631"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="14302"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31031"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="55405"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18420"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35495"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="70113"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22765"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="44775"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="28423"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8610"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18817"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="41690"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="14155"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25958"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="58416"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18012"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="37130"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="18486"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12134"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C1"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="39930"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C2"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12553"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C3"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24996"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C4"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CDD31C5"/>
+    <s v="Irish Speakers as a Percentage of Total (excl. Not Stated)"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+</pivotCacheRecords>
 </file>