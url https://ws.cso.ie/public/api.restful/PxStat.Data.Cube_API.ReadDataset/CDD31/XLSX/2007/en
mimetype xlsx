--- v1 (2026-01-05)
+++ v2 (2026-02-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43ada5fb1b5478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13e3a95c8586404fb966c03b1621e0e7.psmdcp" Id="Rb726f16d4a7b4ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20c1d5bec7244e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fa032b6c2ea40f7afeb310b62cf2272.psmdcp" Id="Raa5462d4b5d94610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>