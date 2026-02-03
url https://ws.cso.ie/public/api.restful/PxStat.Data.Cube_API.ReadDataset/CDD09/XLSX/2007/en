--- v0 (2025-11-10)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46bad6ac84904a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d15e3bea0618436c883e078ac58e94d4.psmdcp" Id="R96dd13a61429423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a1121376404a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c39748daedb94143ba17a68207634e50.psmdcp" Id="R965c7952c6d64964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CDD09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Click here to see Census releases and publications(https://www.cso.ie/en/census/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011TIIP1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2011 This is Ireland Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1003,1035 +1003,338 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...983 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Last Birthday" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02786V03355" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Each Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L919" totalsRowShown="0">
   <x:autoFilter ref="A1:L919"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age Last Birthday"/>
     <x:tableColumn id="7" name="C02786V03355"/>
     <x:tableColumn id="8" name="At Each Year of Age"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2304,51 +1607,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CDD09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2537,51 +1840,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L919"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -37495,51 +36798,51 @@
       <x:c r="I919" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J919" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K919" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L919" s="0">
         <x:v>331</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37556,51 +36859,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L919" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CDD09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -38731,27 +38034,12880 @@
         <x:n v="2312641"/>
         <x:n v="4136"/>
         <x:n v="894"/>
         <x:n v="2313535"/>
         <x:n v="2912"/>
         <x:n v="632"/>
         <x:n v="2314167"/>
         <x:n v="2018"/>
         <x:n v="519"/>
         <x:n v="2314686"/>
         <x:n v="1386"/>
         <x:n v="317"/>
         <x:n v="2315003"/>
         <x:n v="867"/>
         <x:n v="219"/>
         <x:n v="2315222"/>
         <x:n v="550"/>
         <x:n v="331"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72410"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72410"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72645"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145055"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4515842"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72566"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217621"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4443197"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71457"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289078"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4370631"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67251"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356329"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4299174"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64937"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421266"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4231923"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64976"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486242"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4166986"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64441"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550683"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4102010"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63816"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614499"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4037569"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62600"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677099"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3973753"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61429"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738528"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3911153"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60834"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799362"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3849724"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61234"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860596"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3788890"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59992"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920588"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3727656"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59002"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979590"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3667664"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57227"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036817"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56005"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092822"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3551435"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55865"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1148687"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3495430"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56840"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1205527"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3439565"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57082"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1262609"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3382725"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59932"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1322541"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3325643"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57930"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1380471"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3265711"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57647"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1438118"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3207781"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59459"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1497577"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3150134"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62263"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559840"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3090675"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65242"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625082"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3028412"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68086"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1693168"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2963170"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71791"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1764959"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2895084"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76766"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1841725"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2823293"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79237"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920962"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2746527"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82614"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003576"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2667290"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81733"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2085309"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2584676"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78832"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2164141"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2502943"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75997"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2240138"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2424111"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74769"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314907"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2348114"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74286"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2389193"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2273345"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73970"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2463163"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199059"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72536"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2535699"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2125089"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72619"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2608318"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2052553"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70850"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2679168"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1979934"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70347"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2749515"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1909084"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68490"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2818005"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1838737"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64732"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2882737"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1770247"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64164"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2946901"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1705515"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63079"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3009980"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1641351"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62698"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3072678"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1578272"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63180"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3135858"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1515574"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61369"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3197227"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1452394"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59782"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3257009"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1391025"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58156"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3315165"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331243"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58441"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3373606"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273087"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56126"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3429732"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1214646"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54054"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3483786"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158520"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53446"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3537232"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1104466"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52319"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3589551"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051020"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50731"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3640282"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998701"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50475"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3690757"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947970"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48474"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3739231"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897495"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48640"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3787871"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849021"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46202"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3834073"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800381"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45365"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3879438"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754179"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44765"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3924203"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708814"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44100"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3968303"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664049"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43124"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4011427"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619949"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41432"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052859"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576825"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39834"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4092693"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535393"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36582"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4129275"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495559"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34761"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4164036"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458977"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32783"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4196819"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424216"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29678"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4226497"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391433"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28165"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4254662"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361755"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27822"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4282484"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333590"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26505"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4308989"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305768"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24637"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4333626"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279263"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24061"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4357687"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254626"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23096"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4380783"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230565"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21734"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4402517"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207469"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20643"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4423160"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185735"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18862"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4442022"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165092"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17701"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4459723"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146230"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16954"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4476677"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128529"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15331"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4492008"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111575"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13893"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4505901"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96244"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12378"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4518279"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82351"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11557"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4529836"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69973"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10247"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4540083"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58416"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9249"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4549332"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48169"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4557307"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38920"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4564161"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30945"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4569723"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24091"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4574441"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18529"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4578300"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13811"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4581063"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9952"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4582990"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7189"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4584600"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5262"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4585766"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4586576"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4587214"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4587595"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4587863"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36850"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36850"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37230"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74080"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235849"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37153"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111233"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198619"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36382"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147615"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2161466"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34461"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182076"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2125084"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33199"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215275"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2090623"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33534"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248809"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2057424"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32829"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281638"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023890"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32578"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314216"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1991061"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31897"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346113"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1958483"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31514"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377627"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1926586"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31114"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408741"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1895072"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31430"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440171"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1863958"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30717"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470888"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1832528"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30301"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501189"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1801811"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29416"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530605"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28577"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559182"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1742094"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28600"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587782"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1713517"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29107"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616889"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1684917"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28562"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645451"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1655810"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30178"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675629"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1627248"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28773"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704402"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1597070"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28506"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732908"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1568297"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28977"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761885"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1539791"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30202"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792087"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1510814"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31407"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823494"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1480612"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32844"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856338"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1449205"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34313"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890651"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416361"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36781"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927432"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1382048"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38369"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965801"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1345267"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40573"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006374"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306898"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40544"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046918"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266325"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38656"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1085574"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1225781"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37590"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1123164"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187125"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37411"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160575"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1149535"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37144"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197719"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1112124"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37020"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234739"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1074980"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36251"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270990"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037960"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36328"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307318"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001709"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35494"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1342812"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965381"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35375"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1378187"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929887"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34432"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1412619"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894512"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32768"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1445387"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860080"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32171"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477558"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827312"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31584"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509142"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="795141"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31285"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1540427"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763557"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31265"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1571692"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732272"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30383"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1602075"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701007"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29703"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631778"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670624"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28880"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1660658"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640921"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29167"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1689825"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612041"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27888"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717713"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582874"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27014"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744727"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554986"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26489"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771216"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527972"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26179"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1797395"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501483"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25296"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1822691"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475304"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25094"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1847785"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450008"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24252"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1872037"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424914"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24287"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1896324"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400662"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23192"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1919516"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376375"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22906"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1942422"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353183"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22199"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1964621"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330277"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22127"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1986748"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308078"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21679"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008427"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285951"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20958"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2029385"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264272"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19967"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2049352"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243314"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18209"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2067561"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223347"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17325"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2084886"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205138"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16125"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2101011"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187813"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14672"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2115683"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171688"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13842"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2129525"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157016"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13561"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2143086"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143174"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12822"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2155908"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129613"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11761"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2167669"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116791"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11490"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2179159"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105030"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10771"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2189930"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93540"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10017"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199947"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82769"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209391"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72752"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2217923"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63308"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7867"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2225790"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54776"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7370"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2233160"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46909"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6374"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2239534"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39539"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5589"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2245123"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33165"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2249888"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27576"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2254213"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22811"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2257972"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18486"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2261236"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14727"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2263881"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11463"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2266081"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8818"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2267804"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6618"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2269209"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2270333"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2271096"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2271573"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2271959"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272231"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272409"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272528"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272592"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272641"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35560"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35560"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35415"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70975"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2279993"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35413"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106388"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2244578"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35075"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141463"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209165"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32790"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174253"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2174090"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31738"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205991"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2141300"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31442"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237433"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2109562"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31612"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269045"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2078120"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31238"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300283"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2046508"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30703"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330986"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2015270"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29915"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360901"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1984567"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29720"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390621"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1954652"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29804"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420425"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1924932"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29275"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449700"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1895128"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28701"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478401"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1865853"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27811"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506212"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27428"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533640"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1809341"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27265"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560905"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1781913"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27733"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588638"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1754648"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28520"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617158"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726915"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29754"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646912"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1698395"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29157"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676069"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1668641"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29141"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705210"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639484"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30482"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735692"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1610343"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32061"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767753"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1579861"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33835"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801588"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547800"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35242"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836830"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1513965"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37478"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874308"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478723"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39985"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914293"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1441245"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40868"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955161"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1401260"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42041"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997202"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360392"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41189"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038391"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1318351"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40176"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078567"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1277162"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38407"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116974"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1236986"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37358"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154332"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1198579"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37142"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1191474"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161221"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36950"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228424"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124079"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36285"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1264709"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087129"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36291"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301000"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050844"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35356"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336356"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014553"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34972"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371328"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979197"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34058"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1405386"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944225"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31964"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437350"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910167"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31993"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1469343"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878203"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31495"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1500838"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846210"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31413"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1532251"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814715"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31915"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1564166"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783302"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30986"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595152"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751387"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30079"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625231"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720401"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29276"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654507"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690322"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29274"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1683781"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661046"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28238"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1712019"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631772"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27040"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1739059"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603534"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26957"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1766016"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576494"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26140"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1792156"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549537"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25435"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1817591"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523397"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25381"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1842972"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497962"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24222"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1867194"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472581"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24353"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1891547"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448359"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23010"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1914557"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424006"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22459"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1937016"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400996"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22566"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1959582"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378537"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21973"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1981555"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355971"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21445"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003000"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333998"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20474"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023474"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312553"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19867"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2043341"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292079"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18373"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2061714"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272212"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17436"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079150"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253839"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16658"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2095808"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236403"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15006"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2110814"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219745"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14323"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2125137"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204739"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14261"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2139398"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190416"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13683"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2153081"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176155"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12876"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2165957"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162472"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12571"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2178528"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149596"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12325"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2190853"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137025"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11717"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2202570"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124700"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11199"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2213769"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112983"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10330"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2224099"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101784"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9834"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2233933"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91454"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9584"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243517"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81620"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8957"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2252474"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72036"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8304"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2260778"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63079"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7613"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2268391"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54775"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7232"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2275623"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47162"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2282111"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39930"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2288096"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33442"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2293426"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27457"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2298080"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22127"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2301919"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17473"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2305232"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13634"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2307967"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10321"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2309967"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7586"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2311417"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2312641"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2313535"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314167"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314686"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315003"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315222"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CDD09"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="24"/>
+    <s v="Population at or over this age"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+</pivotCacheRecords>
 </file>