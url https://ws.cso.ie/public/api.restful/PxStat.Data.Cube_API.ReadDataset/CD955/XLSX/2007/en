--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a3fdadd4b1487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab83e2963b694bb5a45793b351c26d27.psmdcp" Id="Rfef884c09147439c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77f26923b9141ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cac701cad9db465589949cafcee7d177.psmdcp" Id="R3c27d65fa0484d1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD955</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Which the Reference Person is an Irish Speaker</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD955/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -661,603 +661,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Irish Speaking Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L705" totalsRowShown="0">
   <x:autoFilter ref="A1:L705"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02710V03278"/>
     <x:tableColumn id="4" name="Irish Speaking Household"/>
     <x:tableColumn id="5" name="C02254V02726"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1530,51 +1157,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD955/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1761,51 +1388,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L705"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="63.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="49.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28587,51 +28214,51 @@
       <x:c r="I705" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L705" s="0">
         <x:v>1541</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28648,51 +28275,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L705" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD955"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Which the Reference Person is an Irish Speaker"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02710V03278">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="-2"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="19"/>
         <x:s v="20"/>
         <x:s v="21"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Irish Speaking Household">
@@ -29465,27 +29092,9884 @@
         <x:n v="3837"/>
         <x:n v="4249"/>
         <x:n v="712"/>
         <x:n v="2078"/>
         <x:n v="1992"/>
         <x:n v="2411"/>
         <x:n v="523"/>
         <x:n v="1888"/>
         <x:n v="16339"/>
         <x:n v="7741"/>
         <x:n v="6562"/>
         <x:n v="887"/>
         <x:n v="4323"/>
         <x:n v="1780"/>
         <x:n v="1608"/>
         <x:n v="7130"/>
         <x:n v="1687"/>
         <x:n v="1541"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869767"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448203"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224505"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88638"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40991"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49018"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45858"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39451"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18414"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15224"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21294"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33130"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13490"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15960"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25648"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24138"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256953"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25704"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106451"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23359"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83092"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30726"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38478"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10705"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27773"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14960"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17542"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23092"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8921"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14171"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112874"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54189"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15773"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38416"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26924"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12813"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12708"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51737"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12330"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28811"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10596"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1696229"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853576"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19158"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411050"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151227"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78443"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93965"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87415"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80171"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37006"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30301"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13888"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40911"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66492"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27069"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31281"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49208"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47041"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513424"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51847"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214652"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42509"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172143"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60939"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76113"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19163"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56950"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30545"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34548"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44780"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15870"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28910"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226450"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109742"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28128"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81614"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12242"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54279"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25730"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24457"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102779"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24411"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56734"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-"/>
+    <s v="All households with persons aged 3 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21634"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563511"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279354"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5939"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144380"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59888"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27821"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29781"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26890"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24569"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11608"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9443"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12358"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19284"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8081"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10110"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15025"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14246"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174634"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17807"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72354"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16420"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55934"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21338"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26269"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7328"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18941"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10092"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11467"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15307"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5861"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9446"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78485"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39025"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11526"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27499"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18361"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8448"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8508"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31038"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6949"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18155"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1175342"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570149"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12581"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280544"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106757"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56451"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61658"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55678"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54465"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25171"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20314"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8986"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25592"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42232"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17617"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21185"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31088"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30374"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373169"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38227"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156332"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31539"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124793"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44968"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55669"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13962"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41707"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21962"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24241"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31770"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11123"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20647"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166478"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83437"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21419"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62018"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8570"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39047"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18058"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17366"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65546"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14706"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37819"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="-2"/>
+    <s v="Total Irish speaking households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13021"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132580"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63979"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36105"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18303"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5899"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5574"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40623"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16132"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11542"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19913"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9462"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6342"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132580"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63979"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36105"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18303"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5899"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5574"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40623"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16132"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11542"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19913"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9462"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6342"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="16"/>
+    <s v="1 person aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188870"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96987"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52545"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22210"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10217"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10799"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9319"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8185"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4925"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57128"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23759"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5573"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18186"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6895"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8689"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3649"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5225"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25256"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12738"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8553"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5716"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9499"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5519"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305341"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153908"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82253"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34273"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16131"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17121"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14728"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13257"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6496"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10141"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5438"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7522"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94256"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9468"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38973"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8879"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30094"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11531"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14333"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10182"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41802"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21154"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6717"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14437"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9460"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15375"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8926"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="17"/>
+    <s v="2 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95595"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47649"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23501"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8912"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4941"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30013"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12313"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9565"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12854"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212938"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104183"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50720"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18815"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9303"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11775"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10827"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9915"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4502"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7758"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68012"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27783"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21802"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10568"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7785"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6089"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29323"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15066"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10720"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6546"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11420"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="18"/>
+    <s v="3 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82398"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41040"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19182"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26119"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11175"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9147"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5565"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252344"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123998"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57579"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18368"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11927"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14333"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12951"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13512"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10344"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4430"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6713"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81246"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34809"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6067"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28742"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9319"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12181"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9489"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4525"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33691"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17380"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3736"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13644"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7694"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13409"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7755"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="19"/>
+    <s v="4 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44304"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20912"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14448"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6252"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6360"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174709"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81474"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36504"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11192"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8513"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8906"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7893"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8820"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6730"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57678"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6218"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24944"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20960"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6706"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8225"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4472"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25410"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12634"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10147"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="20"/>
+    <s v="5 persons aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19764"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8787"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6303"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97430"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42607"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17383"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4248"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31354"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13691"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16339"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6562"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="CD955"/>
+    <s v="Private Households in Which the Reference Person is an Irish Speaker"/>
+    <s v="21"/>
+    <s v="6 persons or more aged 3 years and over in household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+</pivotCacheRecords>
 </file>