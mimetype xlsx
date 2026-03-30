--- v1 (2026-02-06)
+++ v2 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77f26923b9141ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cac701cad9db465589949cafcee7d177.psmdcp" Id="R3c27d65fa0484d1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ace11d6bb3a4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/857394fd23014d9d910ddeb1dc558fa1.psmdcp" Id="R0a04d81d869a409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>