--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf588d143d49742e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e3b8702c400446b9eef9eb4c4d62ee6.psmdcp" Id="Rb18fa8bac540428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d451e9fa7b40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e0d00548bd04027bb9a02e5c31ca29a.psmdcp" Id="R2782f9344d484b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD952</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of Private Households with Irish Speakers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD952/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -667,555 +667,206 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...503 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H397" totalsRowShown="0">
   <x:autoFilter ref="A1:H397"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Province County or City"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1484,51 +1135,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD952/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1715,51 +1366,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -12069,51 +11720,51 @@
       <x:c r="E397" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>49.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12130,51 +11781,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="B"/>
         <x:s v="13"/>
         <x:s v="14"/>
@@ -12670,27 +12321,3988 @@
         <x:n v="4999"/>
         <x:n v="7660"/>
         <x:n v="5356"/>
         <x:n v="5512"/>
         <x:n v="3362"/>
         <x:n v="1922"/>
         <x:n v="28811"/>
         <x:n v="57964"/>
         <x:n v="49.7"/>
         <x:n v="1372"/>
         <x:n v="2647"/>
         <x:n v="2064"/>
         <x:n v="2225"/>
         <x:n v="1418"/>
         <x:n v="870"/>
         <x:n v="10596"/>
         <x:n v="21264"/>
         <x:n v="49.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="132582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="256111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="171147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="170495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="94438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="44994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="869767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="63980"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="133148"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="89481"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="90767"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="48516"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="22311"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="448203"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="897455"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="19436"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="36106"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="71010"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="43713"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="42250"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="21829"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="9597"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="224505"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="466992"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="18303"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="30046"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="16489"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="13877"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="88638"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="208008"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="13533"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7305"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7682"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="40991"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="75819"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="14530"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="10128"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="10622"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5582"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="49018"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="93146"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5574"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="12901"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="10069"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="45858"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="90019"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="11121"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="9081"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="39451"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="70763"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5268"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="18414"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="33679"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="15224"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="28020"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14453"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="21294"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="43972"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="8858"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="6802"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7788"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4210"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="33130"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="62201"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="13490"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="26750"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="15960"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="30739"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7112"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="25648"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="52652"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="6824"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5380"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="24138"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="47798"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="40623"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="76016"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="50852"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="49360"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="27618"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="12484"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="256953"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="454454"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7472"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4925"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="25704"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="42648"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="16132"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="31501"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="20905"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="20849"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="11849"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5215"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="106451"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="188019"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7439"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3838"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="23359"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="47163"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="11542"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="24062"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="16217"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="17011"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4360"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="83092"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="140856"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="9148"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="30726"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="53306"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="11519"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7815"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7359"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="38478"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="69649"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="10705"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="22367"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="8063"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5574"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5566"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="27773"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="47282"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="14960"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="25703"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="17542"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="32794"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7059"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="23092"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="42335"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="8921"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="18221"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="14171"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24114"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="19914"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="33479"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="21004"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="20174"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="11913"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="6390"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="112874"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="197253"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="9463"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="16467"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="10234"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="9607"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5595"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="54189"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="88678"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5366"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="15773"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="27726"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="6342"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="11101"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7022"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7236"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="38416"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="60952"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7724"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4821"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="26924"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="48070"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="12813"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="23672"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="12708"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24525"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="13468"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="9810"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="51737"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="105046"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="12330"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="25818"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="7660"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="5512"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="28811"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="57964"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C1"/>
+    <s v="1  Irish speaker aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C2"/>
+    <s v="2  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C3"/>
+    <s v="3  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C4"/>
+    <s v="4  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C5"/>
+    <s v="5  Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C6"/>
+    <s v="6 or more Irish speakers aged 3 years and over in household"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C7"/>
+    <s v="Total private households with Irish speakers"/>
+    <s v="Number"/>
+    <n v="10596"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C8"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21264"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD952C9"/>
+    <s v="Percentage of private households with Irish speakers"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+</pivotCacheRecords>
 </file>