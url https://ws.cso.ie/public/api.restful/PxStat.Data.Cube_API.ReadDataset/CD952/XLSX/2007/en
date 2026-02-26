--- v1 (2025-12-06)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d451e9fa7b40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e0d00548bd04027bb9a02e5c31ca29a.psmdcp" Id="R2782f9344d484b7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c4dd7ccd3a4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aec073470b8f450ea1a55b9f454bf428.psmdcp" Id="R76e5589245524aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>