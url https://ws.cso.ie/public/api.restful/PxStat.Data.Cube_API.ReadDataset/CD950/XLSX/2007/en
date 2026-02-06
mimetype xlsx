--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cca404e9e9b42f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/588d989b966c494b853a3935a17842b3.psmdcp" Id="R2a4b6f9370d04d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c88325abaf944af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1f14651ca4c4078a6df25d659c563e3.psmdcp" Id="R65da7c3752ff4e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD950</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Gaeltacht as defined by the Gaeltacht Areas Orders, 1956-1982</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD950/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -320,50 +320,53 @@
   <x:si>
     <x:t>Doctorate (Ph.D.)</x:t>
   </x:si>
   <x:si>
     <x:t>Total whose full-time education has not ceased</x:t>
   </x:si>
   <x:si>
     <x:t>19</x:t>
   </x:si>
   <x:si>
     <x:t>Economic status - total at school, university, etc.</x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
     <x:t>Economic status - other</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -505,395 +508,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Irish Speakers and" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N409" totalsRowShown="0">
   <x:autoFilter ref="A1:N409"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02793V03362"/>
     <x:tableColumn id="8" name="Gaeltacht Areas"/>
     <x:tableColumn id="9" name="C02710V03278"/>
     <x:tableColumn id="10" name="Irish Speakers and"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1168,51 +960,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD950/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1401,51 +1193,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N409"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="17.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="19.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -11851,50 +11643,53 @@
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
+      <x:c r="N237" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="238" spans="1:14">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>69</x:v>
@@ -13444,6039 +13239,6039 @@
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N273" s="0">
         <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:14">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N274" s="0">
         <x:v>40155</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:14">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N275" s="0">
         <x:v>26942</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:14">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L276" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N276" s="0">
         <x:v>12775</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:14">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N277" s="0">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:14">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L278" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M278" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N278" s="0">
         <x:v>1837152</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:14">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N279" s="0">
         <x:v>751392</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:14">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L280" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M280" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N280" s="0">
         <x:v>1054739</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:14">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N281" s="0">
         <x:v>31021</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:14">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M282" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N282" s="0">
         <x:v>33386</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:14">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N283" s="0">
         <x:v>22032</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:14">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L284" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M284" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N284" s="0">
         <x:v>10970</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:14">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N285" s="0">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:14">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L286" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M286" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N286" s="0">
         <x:v>1530007</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:14">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N287" s="0">
         <x:v>593250</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:14">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L288" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M288" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N288" s="0">
         <x:v>909725</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:14">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N289" s="0">
         <x:v>27032</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:14">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L290" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M290" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N290" s="0">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:14">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N291" s="0">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:14">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L292" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M292" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N292" s="0">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:14">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N293" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:14">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L294" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M294" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N294" s="0">
         <x:v>19301</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:14">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N295" s="0">
         <x:v>1890</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:14">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L296" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M296" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N296" s="0">
         <x:v>17098</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:14">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N297" s="0">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:14">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M298" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N298" s="0">
         <x:v>5365</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:14">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N299" s="0">
         <x:v>3753</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:14">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L300" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M300" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N300" s="0">
         <x:v>1582</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:14">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N301" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:14">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L302" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M302" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N302" s="0">
         <x:v>197979</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:14">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N303" s="0">
         <x:v>34853</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:14">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M304" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N304" s="0">
         <x:v>160892</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:14">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N305" s="0">
         <x:v>2234</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:14">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M306" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N306" s="0">
         <x:v>4529</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:14">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N307" s="0">
         <x:v>2875</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:14">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M308" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N308" s="0">
         <x:v>1624</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:14">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N309" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:14">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L310" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M310" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N310" s="0">
         <x:v>231297</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:14">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N311" s="0">
         <x:v>63021</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:14">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L312" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M312" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N312" s="0">
         <x:v>166560</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:14">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N313" s="0">
         <x:v>1716</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:14">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L314" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M314" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N314" s="0">
         <x:v>6305</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:14">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N315" s="0">
         <x:v>4023</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:14">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M316" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N316" s="0">
         <x:v>2263</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:14">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N317" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:14">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N318" s="0">
         <x:v>326656</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:14">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N319" s="0">
         <x:v>134450</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:14">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L320" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M320" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N320" s="0">
         <x:v>190240</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:14">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N321" s="0">
         <x:v>1966</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:14">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L322" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M322" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N322" s="0">
         <x:v>2745</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:14">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N323" s="0">
         <x:v>1709</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:14">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L324" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M324" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N324" s="0">
         <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:14">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N325" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:14">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L326" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M326" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N326" s="0">
         <x:v>138331</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:14">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N327" s="0">
         <x:v>52716</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:14">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L328" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M328" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N328" s="0">
         <x:v>84803</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:14">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N329" s="0">
         <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:14">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L330" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M330" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N330" s="0">
         <x:v>1237</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:14">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N331" s="0">
         <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:14">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L332" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M332" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N332" s="0">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:14">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N333" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:14">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L334" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M334" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N334" s="0">
         <x:v>55025</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:14">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N335" s="0">
         <x:v>22606</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:14">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L336" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M336" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N336" s="0">
         <x:v>32131</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:14">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N337" s="0">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:14">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L338" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M338" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N338" s="0">
         <x:v>1677</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:14">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N339" s="0">
         <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:14">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L340" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M340" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N340" s="0">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:14">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N341" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:14">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L342" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M342" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N342" s="0">
         <x:v>75763</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:14">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N343" s="0">
         <x:v>35061</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:14">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L344" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M344" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N344" s="0">
         <x:v>40343</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:14">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N345" s="0">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:14">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L346" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M346" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N346" s="0">
         <x:v>2937</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:14">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N347" s="0">
         <x:v>2053</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:14">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L348" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M348" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N348" s="0">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:14">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N349" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:14">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L350" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M350" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N350" s="0">
         <x:v>123517</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:14">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N351" s="0">
         <x:v>63821</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:14">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L352" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M352" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N352" s="0">
         <x:v>59174</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:14">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N353" s="0">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:14">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L354" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M354" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N354" s="0">
         <x:v>3099</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:14">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N355" s="0">
         <x:v>2217</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:14">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L356" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M356" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N356" s="0">
         <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:14">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N357" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:14">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L358" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M358" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N358" s="0">
         <x:v>150339</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:14">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N359" s="0">
         <x:v>88405</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:14">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L360" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M360" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N360" s="0">
         <x:v>61379</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:14">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N361" s="0">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:14">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L362" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M362" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N362" s="0">
         <x:v>3098</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:14">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N363" s="0">
         <x:v>2298</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:14">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L364" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M364" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N364" s="0">
         <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:14">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N365" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:14">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L366" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M366" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N366" s="0">
         <x:v>130449</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:14">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N367" s="0">
         <x:v>78934</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:14">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L368" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M368" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N368" s="0">
         <x:v>51083</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:14">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N369" s="0">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:14">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L370" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M370" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N370" s="0">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:14">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N371" s="0">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:14">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L372" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M372" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N372" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:14">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N373" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:14">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L374" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M374" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N374" s="0">
         <x:v>8952</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:14">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N375" s="0">
         <x:v>4839</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:14">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L376" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M376" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N376" s="0">
         <x:v>4073</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:14">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N377" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:14">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L378" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M378" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N378" s="0">
         <x:v>1562</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:14">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N379" s="0">
         <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:14">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L380" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M380" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N380" s="0">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:14">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N381" s="0">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:14">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L382" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M382" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N382" s="0">
         <x:v>72398</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:14">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N383" s="0">
         <x:v>12654</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:14">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L384" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M384" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N384" s="0">
         <x:v>41949</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:14">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N385" s="0">
         <x:v>17795</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:14">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L386" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M386" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N386" s="0">
         <x:v>6769</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:14">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N387" s="0">
         <x:v>4910</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:14">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L388" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M388" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N388" s="0">
         <x:v>1805</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:14">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N389" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:14">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L390" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M390" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N390" s="0">
         <x:v>307145</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:14">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N391" s="0">
         <x:v>158142</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:14">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L392" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M392" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N392" s="0">
         <x:v>145014</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:14">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N393" s="0">
         <x:v>3989</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:14">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L394" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M394" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N394" s="0">
         <x:v>4728</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:14">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N395" s="0">
         <x:v>3796</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:14">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L396" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M396" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N396" s="0">
         <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:14">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N397" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:14">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L398" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M398" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N398" s="0">
         <x:v>207635</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:14">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N399" s="0">
         <x:v>132296</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:14">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L400" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M400" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N400" s="0">
         <x:v>72420</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:14">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N401" s="0">
         <x:v>2919</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:14">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L402" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M402" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N402" s="0">
         <x:v>2041</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:14">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N403" s="0">
         <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:14">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L404" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M404" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N404" s="0">
         <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:14">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N405" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:14">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L406" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M406" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N406" s="0">
         <x:v>99510</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:14">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N407" s="0">
         <x:v>25846</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:14">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L408" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M408" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N408" s="0">
         <x:v>72594</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:14">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N409" s="0">
         <x:v>1070</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19493,51 +19288,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N409" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD950"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -20009,27 +19804,6556 @@
         <x:n v="145014"/>
         <x:n v="3989"/>
         <x:n v="4728"/>
         <x:n v="3796"/>
         <x:n v="898"/>
         <x:n v="34"/>
         <x:n v="207635"/>
         <x:n v="132296"/>
         <x:n v="72420"/>
         <x:n v="2919"/>
         <x:n v="2041"/>
         <x:n v="1114"/>
         <x:n v="907"/>
         <x:n v="20"/>
         <x:n v="99510"/>
         <x:n v="25846"/>
         <x:n v="72594"/>
         <x:n v="1070"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79959"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53036"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25976"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337465"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2202830"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68367"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66831"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43615"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22398"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003490"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048733"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1895168"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59589"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37596"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12471"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8809"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414509"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70643"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338444"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5422"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10754"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6963"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499489"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123715"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371390"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11688"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601498"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232696"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364606"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5015"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258697"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84491"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172264"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171925"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62045"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108693"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135122"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57360"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76984"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221977"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108322"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112570"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271301"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147278"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122928"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224744"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126041"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97903"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21970"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10632"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11240"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139871"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21505"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80550"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37816"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13128"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9421"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605172"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288732"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307662"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8778"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7231"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243124"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159365"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45608"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148297"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39804"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13201"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586073"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1148091"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37346"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33445"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21583"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11428"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473483"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455483"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985443"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32557"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23086"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20498"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216530"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35790"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177552"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268192"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60694"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204830"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274842"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98246"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174366"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120366"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31775"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87461"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116900"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39439"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76562"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59359"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22299"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36641"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98460"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44501"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53396"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58873"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61549"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94295"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47107"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46820"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5793"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67473"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8851"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38601"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20021"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6359"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298027"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130590"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162648"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3435"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110828"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86945"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19762"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75703"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40155"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26942"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12775"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751392"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054739"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31021"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33386"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22032"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10970"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530007"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593250"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="909725"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27032"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19301"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17098"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5365"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197979"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34853"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160892"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231297"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63021"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166560"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6305"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326656"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134450"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190240"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2745"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138331"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52716"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84803"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55025"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22606"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32131"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75763"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35061"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40343"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123517"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63821"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59174"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150339"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88405"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61379"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130449"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78934"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51083"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72398"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12654"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41949"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17795"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307145"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158142"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145014"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132296"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72420"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25846"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72594"/>
+  </r>
+  <r>
+    <s v="CD950"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+</pivotCacheRecords>
 </file>