--- v0 (2025-10-07)
+++ v1 (2025-12-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95940a64a8a84dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f749f5600ee54cb5ad0084f165ee242b.psmdcp" Id="Rcbb216dda2744aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6219503a7d4641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d50ae2ea0ecf4db1a6e2bf37c3997ae0.psmdcp" Id="Rae241a3255754a71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD948</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Gaeltacht as defined by the Gaeltacht Areas Orders, 1956-1982</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD948/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -484,355 +484,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Irish Speakers and" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N289" totalsRowShown="0">
   <x:autoFilter ref="A1:N289"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02793V03362"/>
     <x:tableColumn id="6" name="Gaeltacht Areas"/>
     <x:tableColumn id="7" name="C02728V03296"/>
     <x:tableColumn id="8" name="Socio Economic Group"/>
     <x:tableColumn id="9" name="C02710V03278"/>
     <x:tableColumn id="10" name="Irish Speakers and"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1107,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD948/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1340,51 +1159,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="19.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -14094,51 +13913,51 @@
       <x:c r="K289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N289" s="0">
         <x:v>26782</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14155,51 +13974,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD948"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14546,27 +14365,4636 @@
         <x:n v="49804"/>
         <x:n v="746"/>
         <x:n v="66299"/>
         <x:n v="28203"/>
         <x:n v="37553"/>
         <x:n v="543"/>
         <x:n v="52848"/>
         <x:n v="25822"/>
         <x:n v="26554"/>
         <x:n v="472"/>
         <x:n v="7673"/>
         <x:n v="2306"/>
         <x:n v="5289"/>
         <x:n v="78"/>
         <x:n v="431478"/>
         <x:n v="137165"/>
         <x:n v="267531"/>
         <x:n v="26782"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96628"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66238"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29114"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12460"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12467"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9641"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15821"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10630"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8130"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19854"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12509"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4370631"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2507312"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88882"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657994"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316211"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336278"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274209"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148528"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123793"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524911"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299077"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221999"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="884458"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379450"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497038"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7970"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373563"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114371"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255050"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348406"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109782"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234904"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148074"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34951"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111309"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191733"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68483"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121523"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163950"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65931"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96084"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23031"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6145"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16631"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780302"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231508"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492703"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56091"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48355"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32741"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14937"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6747"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5650"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4053"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8993"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2161466"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312713"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47903"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354504"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159867"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191494"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150685"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76741"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72850"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204049"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104526"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97746"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305114"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129789"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171874"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276635"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77499"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196105"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188485"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55154"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131125"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81276"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18703"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61505"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125434"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40280"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83970"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111102"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40109"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69530"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15358"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11342"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348824"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94343"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225172"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29309"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48273"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14177"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7634"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10751"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10861"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6896"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209165"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1194599"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303490"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156344"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144784"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123524"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71787"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50943"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320862"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194551"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124253"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579344"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249661"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325164"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96928"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36872"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58945"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159921"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54628"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103779"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66798"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16248"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49804"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66299"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28203"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37553"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52848"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25822"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26554"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7673"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431478"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137165"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267531"/>
+  </r>
+  <r>
+    <s v="CD948"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26782"/>
+  </r>
+</pivotCacheRecords>
 </file>