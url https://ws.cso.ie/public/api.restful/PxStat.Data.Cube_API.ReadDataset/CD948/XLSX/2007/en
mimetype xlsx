--- v1 (2025-12-01)
+++ v2 (2026-02-09)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6219503a7d4641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d50ae2ea0ecf4db1a6e2bf37c3997ae0.psmdcp" Id="Rae241a3255754a71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a5b4ced38b4f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbeb34527f6b4ce1bac32c496e112ab7.psmdcp" Id="Re349dc8fba91462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>