--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ccfe50a34446fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/936620e1487f4e2bad0bc440ce0d6433.psmdcp" Id="Rdb261686b88f414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5857c04c57914060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48feadddd9944ff6beaa37a537436386.psmdcp" Id="Rf4608d8d42c648d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD946</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of Irish Speakers in Population Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Gaeltacht as defined by the Gaeltacht Areas Orders, 1956-1982</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD946/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -553,411 +553,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J856" totalsRowShown="0">
   <x:autoFilter ref="A1:J856"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02793V03362"/>
     <x:tableColumn id="4" name="Gaeltacht Areas"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1228,51 +993,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD946/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1461,51 +1226,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J856"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -28887,51 +28652,51 @@
       <x:c r="G856" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H856" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I856" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J856" s="0">
         <x:v>81.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28948,51 +28713,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J856" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="235"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="565"/>
         <x:s v="580"/>
         <x:s v="595"/>
         <x:s v="610"/>
         <x:s v="630"/>
       </x:sharedItems>
     </x:cacheField>
@@ -29614,27 +29379,10288 @@
         <x:n v="658"/>
         <x:n v="126"/>
         <x:n v="1711"/>
         <x:n v="1311"/>
         <x:n v="369"/>
         <x:n v="88.5"/>
         <x:n v="40"/>
         <x:n v="77.5"/>
         <x:n v="53.8"/>
         <x:n v="46.3"/>
         <x:n v="456"/>
         <x:n v="374"/>
         <x:n v="83.3"/>
         <x:n v="307"/>
         <x:n v="73.4"/>
         <x:n v="586"/>
         <x:n v="476"/>
         <x:n v="81.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="96628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="66238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="29114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="8449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="14572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="7123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="7190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="32131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="23855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="7884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="10559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="3730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="23810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="17132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="6432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="6795"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="7073"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="93.5"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="6680"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="5679"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="6871"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="3986"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="7262"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="7147"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="7048"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="6893"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="6368"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="5744"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C1"/>
+    <s v="Population aged 3 years and over"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C2"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C3"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C4"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD946C5"/>
+    <s v="Irish speakers as a percentage of population"/>
+    <s v="%"/>
+    <n v="81.8"/>
+  </r>
+</pivotCacheRecords>
 </file>