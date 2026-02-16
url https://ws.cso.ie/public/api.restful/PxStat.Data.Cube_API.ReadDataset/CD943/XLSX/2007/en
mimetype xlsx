--- v0 (2025-11-12)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc38bd1220f4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/429952012a0c439a9d20d7dcbc9a1b35.psmdcp" Id="R966469eb7c77471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b539231380425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7077f6c0109d44d2a07483555d1cb301.psmdcp" Id="Rcd34b1840db041c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD943</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD943/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,579 +652,224 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Irish Speakers and" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="C02710V03278"/>
     <x:tableColumn id="8" name="Irish Speakers and"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1497,51 +1142,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD943/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1728,51 +1373,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="9.853482" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21866,51 +21511,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>296</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21927,51 +21572,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD943"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -22617,27 +22262,7420 @@
         <x:n v="16019"/>
         <x:n v="774"/>
         <x:n v="139819"/>
         <x:n v="58621"/>
         <x:n v="79275"/>
         <x:n v="1923"/>
         <x:n v="34388"/>
         <x:n v="14159"/>
         <x:n v="19549"/>
         <x:n v="680"/>
         <x:n v="76889"/>
         <x:n v="32168"/>
         <x:n v="43774"/>
         <x:n v="947"/>
         <x:n v="28542"/>
         <x:n v="12294"/>
         <x:n v="15952"/>
         <x:n v="296"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4370631"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2507312"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="88882"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2382633"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="890834"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1438347"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="53452"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="51991"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="19972"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="30877"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1214833"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="432266"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="749501"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="33066"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="508177"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="162879"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="326811"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18487"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="198168"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="83000"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="111783"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3385"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="257491"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="96537"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="155263"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="250997"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="89850"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="155644"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5503"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="198860"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="83526"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="112261"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="90805"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="38619"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="50694"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="76014"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31311"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="42770"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37075"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14388"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21982"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="116578"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="42106"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="72206"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="173544"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="68259"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="102334"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="72893"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="28178"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="43663"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="82003"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="32771"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="47700"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="138394"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="50936"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="85218"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="129643"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="48502"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="79141"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1189114"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="537564"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="629601"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21949"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="111951"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="53853"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="55789"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="494486"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="224102"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="261006"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9378"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="115425"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="46566"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="65774"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="379061"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="177536"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="195232"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="139537"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="64105"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="72845"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="183092"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="81420"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="98308"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="54831"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21101"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="32430"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="128261"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="60319"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="65878"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="67075"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31598"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="34406"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="84444"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="35740"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="47337"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="108529"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="46746"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="59910"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="44651"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16847"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26776"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="63878"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="29899"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="33134"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="518459"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="239493"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="269677"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9289"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="239095"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="116828"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="118269"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="72471"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31866"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="38810"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="166624"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="84962"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="79459"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="30352"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12644"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16973"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="125129"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="56935"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="66234"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="61243"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26875"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="33359"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62640"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26211"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="34842"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="280425"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="106546"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="169687"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="69457"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25280"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="42669"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="153477"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="58998"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="92471"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="57491"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22268"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="34547"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2161466"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1312713"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="47903"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1171033"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="397886"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="744315"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="28832"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26093"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8867"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16606"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="590111"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="192987"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="379586"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="247353"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="71781"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="165587"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9985"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="94385"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37168"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="55562"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="125995"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="43567"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="79346"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="122378"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="40471"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="79091"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="98805"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37703"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="59418"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45420"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17296"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="27342"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="38249"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="13850"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="23116"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18659"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11774"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="57533"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18970"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37330"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="86553"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="30747"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="54162"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12511"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="23383"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="40685"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14532"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="68397"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22257"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="44987"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="64014"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21665"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="41254"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="591005"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="246287"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="332958"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11760"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="55614"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24708"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="29683"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="244887"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="103191"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="136656"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="56877"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21594"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="33580"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="188010"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="81597"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="103076"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="69616"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="29196"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="39057"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="91271"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37063"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="52398"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26750"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9298"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16761"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="64521"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="27765"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="35637"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="33704"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18674"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="42134"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25098"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="53779"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21416"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31392"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21878"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7740"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="13608"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31901"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="13676"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17784"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="258822"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="108752"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="145028"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="118894"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="54045"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62705"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="34967"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14136"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="19909"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="83927"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="39909"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="42796"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15429"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9322"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62583"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25666"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="35839"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="30888"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11931"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18339"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31028"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11392"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18823"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="140606"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="47925"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="90412"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="35069"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11121"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="23120"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="76588"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26830"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="48697"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="28949"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9974"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18595"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2209165"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1194599"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1211600"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="492948"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="694032"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24620"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25898"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11105"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14271"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="624722"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="239279"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="369915"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15528"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="260824"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="91098"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="161224"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8502"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="103783"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45832"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="56221"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="131496"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="52970"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="75917"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="128619"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="49379"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="76553"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="100055"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45823"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="52843"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45385"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21323"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="23352"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37765"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17461"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="19654"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18416"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7887"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10208"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="59045"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="23136"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="34876"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="86991"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37512"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="48172"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="36379"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15667"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="20280"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="41318"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18239"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22343"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="69997"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="28679"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="40231"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="65629"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26837"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37887"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="598109"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="291277"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="296643"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10189"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="56337"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="29145"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26106"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="249599"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="120911"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="124350"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="58548"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24972"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="32194"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="191051"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="95939"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="92156"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="69921"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="34909"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="33788"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="91821"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="44357"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45910"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="28081"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11803"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15669"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="63740"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="32554"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="30241"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="33371"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17157"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15732"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="42310"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="19468"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22239"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="54750"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25330"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="28518"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22773"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9107"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="13168"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31977"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16223"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15350"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="259637"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="130741"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="124649"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="120201"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62783"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="55564"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37504"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17730"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18901"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="82697"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45053"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="36663"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14923"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6926"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7651"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62546"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31269"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="30395"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="30355"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14944"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15020"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="31612"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14819"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16019"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="139819"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="58621"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="79275"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="34388"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14159"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="19549"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="76889"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="32168"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="43774"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="28542"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12294"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15952"/>
+  </r>
+  <r>
+    <s v="CD943"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="296"/>
+  </r>
+</pivotCacheRecords>
 </file>