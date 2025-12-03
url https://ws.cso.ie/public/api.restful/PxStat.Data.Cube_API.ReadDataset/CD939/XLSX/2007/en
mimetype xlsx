--- v0 (2025-10-06)
+++ v1 (2025-12-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab6a00a4fef4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/208cdb11ce1b4e068ccaf4a3163d7eae.psmdcp" Id="R95960076ae5e45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb241c00d2e4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5eba617961a94fb7b14f942fed8449f6.psmdcp" Id="R5e0e5d2c4c7a483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD939</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD939/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -448,323 +448,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L337" totalsRowShown="0">
   <x:autoFilter ref="A1:L337"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02697V03265"/>
     <x:tableColumn id="8" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1037,51 +874,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD939/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1268,51 +1105,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="47.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -14110,51 +13947,51 @@
       <x:c r="I337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>2519</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14171,51 +14008,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD939"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -14604,27 +14441,4732 @@
         <x:n v="18131"/>
         <x:n v="21094"/>
         <x:n v="3148"/>
         <x:n v="2199"/>
         <x:n v="129720"/>
         <x:n v="139510"/>
         <x:n v="31000"/>
         <x:n v="37191"/>
         <x:n v="6110"/>
         <x:n v="6616"/>
         <x:n v="8106"/>
         <x:n v="8862"/>
         <x:n v="48151"/>
         <x:n v="49782"/>
         <x:n v="32477"/>
         <x:n v="34540"/>
         <x:n v="3876"/>
         <x:n v="2519"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1656790"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453207"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519181"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72148"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77185"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102861"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110642"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586097"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613236"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415479"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438782"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26998"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15411"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757067"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205954"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235551"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34416"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35028"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47281"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49466"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266839"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275368"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189140"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197640"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13437"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7797"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899723"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247253"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283630"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37732"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42157"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55580"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61176"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319258"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337868"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226339"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241142"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13561"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139884"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168198"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35229"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48301"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5885"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9523"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11793"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52329"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59993"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35802"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40302"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73757"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87311"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17167"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23649"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5191"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6258"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28523"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32146"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18985"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21154"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66127"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80887"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18062"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24652"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23806"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27847"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16817"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19148"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551613"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="615171"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170165"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199372"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26010"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30028"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35766"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40240"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189652"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205876"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124295"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136508"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5725"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239998"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262275"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73498"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85173"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11586"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12429"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82536"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87806"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53882"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58289"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311615"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352896"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96667"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114199"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14424"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17599"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19920"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23147"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107116"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118070"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70413"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78219"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320680"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342333"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81373"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90564"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10836"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11332"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18957"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20145"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116825"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123383"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88527"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94713"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115802"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125886"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37431"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41545"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7278"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38862"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41621"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26431"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30029"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204878"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216447"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43942"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49019"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6720"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11679"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12677"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77963"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81762"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62096"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64684"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238816"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223952"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63627"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64150"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9296"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8598"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13874"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12707"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82115"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76020"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65112"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60153"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144198"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131237"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30074"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30344"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5019"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7758"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7044"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53017"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47733"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44693"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39620"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94618"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92715"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33553"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6116"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29098"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28287"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20419"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20533"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145821"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148360"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34568"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37172"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6278"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8543"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53599"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53858"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39815"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40859"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72329"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74770"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16275"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17705"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26846"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27510"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20097"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21278"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73492"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73590"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18293"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19467"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26753"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26348"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19718"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19581"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43437"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38645"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10728"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10093"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14927"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13219"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11320"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10613"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24164"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21103"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8556"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6176"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19273"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17542"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5296"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6371"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4437"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216539"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237778"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57517"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69529"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10957"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11890"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13783"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15120"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76650"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80887"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50608"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55634"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7024"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86819"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98268"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26517"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32338"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4847"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6258"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28499"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31105"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18131"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21094"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129720"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139510"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31000"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37191"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6616"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8106"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8862"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48151"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49782"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32477"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34540"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="CD939"/>
+    <s v="Irish Speakers Aged 3 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+</pivotCacheRecords>
 </file>