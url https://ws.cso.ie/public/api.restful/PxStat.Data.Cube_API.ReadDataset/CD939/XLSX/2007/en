--- v1 (2025-12-03)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb241c00d2e4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5eba617961a94fb7b14f942fed8449f6.psmdcp" Id="R5e0e5d2c4c7a483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f38e1bb66534f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6616fa7ebe44ca399ef7703f07c28c4.psmdcp" Id="R2a46b20192a34e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>