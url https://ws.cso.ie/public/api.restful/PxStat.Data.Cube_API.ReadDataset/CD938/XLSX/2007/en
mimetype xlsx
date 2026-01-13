--- v0 (2025-11-12)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97c45d972d7f4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fe4f3a4666e4d0f85f10dacb4efd78b.psmdcp" Id="R819c6cf5b4854790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f1c8b9cd094581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e411dc6f8b1477d8703514ad09e1135.psmdcp" Id="R5b8fe77647f6476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD938</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD938/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,331 +472,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L379" totalsRowShown="0">
   <x:autoFilter ref="A1:L379"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02697V03265"/>
     <x:tableColumn id="8" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1069,51 +900,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD938/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1300,51 +1131,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="47.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15738,51 +15569,51 @@
       <x:c r="I379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15799,51 +15630,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD938"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="9">
         <x:s v="801"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
       </x:sharedItems>
     </x:cacheField>
@@ -16268,27 +16099,5320 @@
         <x:n v="310"/>
         <x:n v="320"/>
         <x:n v="34"/>
         <x:n v="31"/>
         <x:n v="1940"/>
         <x:n v="1874"/>
         <x:n v="76"/>
         <x:n v="65"/>
         <x:n v="124"/>
         <x:n v="114"/>
         <x:n v="116"/>
         <x:n v="126"/>
         <x:n v="946"/>
         <x:n v="920"/>
         <x:n v="641"/>
         <x:n v="624"/>
         <x:n v="37"/>
         <x:n v="25"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276390"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337465"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143805"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156508"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58580"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61931"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81900"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89882"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563364"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588075"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407202"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428548"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21539"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12521"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570122"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586073"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54542"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27785"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27728"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37022"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39264"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255350"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262564"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184722"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192253"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706268"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751392"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89263"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98608"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30795"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34203"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44878"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50618"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308014"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325511"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222480"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236295"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10838"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734927"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691051"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37836"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42027"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31499"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30513"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43982"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45112"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340144"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317127"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271161"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251014"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10305"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367480"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316558"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8728"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16573"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14071"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22331"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20961"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175327"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151690"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138378"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119743"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367447"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374493"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29108"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34886"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14926"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16442"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21651"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24151"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164817"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165437"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132783"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131271"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7128"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4530"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3925"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5482"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33075"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90927"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5438"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14725"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41270"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11833"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35748"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17877"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55112"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3162"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7994"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25036"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21755"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15198"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35815"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16234"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13993"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226177"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243124"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99730"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107620"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8248"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17073"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16523"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60438"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64337"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38004"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44679"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99377"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110828"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43921"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48450"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7446"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7391"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26054"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28941"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17108"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21617"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126800"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132296"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55809"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59170"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4268"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9627"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9132"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34384"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35396"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20896"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23062"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121967"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107890"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6634"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6003"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8052"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7964"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61779"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53779"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40405"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36795"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117658"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103303"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7750"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59756"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51599"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39123"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35367"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119600"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157095"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7898"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9472"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8411"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11723"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88514"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32716"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43901"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62203"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77147"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5121"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6002"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34733"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44063"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16079"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20231"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57397"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79948"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31595"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44451"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16637"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23670"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30555"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34193"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15290"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17090"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9772"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11542"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14189"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15275"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7114"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7739"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16366"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18918"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8176"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9351"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5552"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD938"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+</pivotCacheRecords>
 </file>