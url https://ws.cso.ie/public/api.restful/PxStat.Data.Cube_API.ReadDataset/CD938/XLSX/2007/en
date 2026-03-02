--- v1 (2026-01-13)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f1c8b9cd094581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e411dc6f8b1477d8703514ad09e1135.psmdcp" Id="R5b8fe77647f6476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19dd3458fe9a4c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/591990ac18204ed3a7a8fc73a749bd67.psmdcp" Id="Radc37347ca9648a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>