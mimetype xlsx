--- v0 (2025-10-06)
+++ v1 (2025-12-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b16757ed60c44a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2da71baf877c4a2aada8a76bad0083cc.psmdcp" Id="Red441d513e354834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde1945d8fb1b4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5a35a39455c436e9239f27904b0e35f.psmdcp" Id="Ra9c53e3b01364ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD937</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/6/2020 11:00:00 AM</x:t>
+    <x:t>06/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD937/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -451,315 +451,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L295" totalsRowShown="0">
   <x:autoFilter ref="A1:L295"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02697V03265"/>
     <x:tableColumn id="6" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1032,51 +875,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD937/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1263,51 +1106,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L295"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="47.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12509,51 +12352,51 @@
       <x:c r="I295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L295" s="0">
         <x:v>670</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12570,51 +12413,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L295" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD937"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -12960,27 +12803,4144 @@
         <x:n v="3021"/>
         <x:n v="4514"/>
         <x:n v="15471"/>
         <x:n v="16304"/>
         <x:n v="10838"/>
         <x:n v="6157"/>
         <x:n v="5244"/>
         <x:n v="2757"/>
         <x:n v="3903"/>
         <x:n v="2341"/>
         <x:n v="61"/>
         <x:n v="41"/>
         <x:n v="348"/>
         <x:n v="216"/>
         <x:n v="126"/>
         <x:n v="132"/>
         <x:n v="1156"/>
         <x:n v="670"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276390"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337465"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622881"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625100"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541243"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586801"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8868"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11492"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33145"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34676"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13957"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20715"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56296"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58681"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143805"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156508"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119498"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128771"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21585"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24809"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58580"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61931"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23951"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24272"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28761"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31416"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81900"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89882"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38552"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38600"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36475"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42947"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563364"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588075"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238519"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235569"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267315"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287662"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5956"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16775"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17634"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6938"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10497"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29158"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30757"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407202"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428548"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191020"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191777"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179433"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195188"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10890"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11447"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6813"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18494"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19612"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21539"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12521"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11341"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7674"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570122"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586073"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287317"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282674"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248523"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263870"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13029"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13596"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5642"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10642"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11687"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54542"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48947"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52764"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27785"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27728"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11981"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11444"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13768"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14107"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37022"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39264"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18289"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17806"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16197"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18349"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255350"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262564"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112552"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108555"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124326"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132436"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7072"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7430"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6431"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184722"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192253"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89451"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88751"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85349"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91887"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4026"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6097"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706268"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751392"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335564"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342426"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292720"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322931"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20116"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21080"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8315"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12808"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45654"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46994"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89263"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98608"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70551"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76007"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16473"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20156"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30795"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34203"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11970"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12828"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14993"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17309"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44878"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50618"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20263"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20794"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20278"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24598"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308014"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325511"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125967"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127014"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142989"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155226"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9703"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10204"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3946"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23424"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24326"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222480"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236295"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101569"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103026"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94084"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103301"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15471"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16304"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10838"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="CD937"/>
+    <s v="Irish Speakers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+</pivotCacheRecords>
 </file>