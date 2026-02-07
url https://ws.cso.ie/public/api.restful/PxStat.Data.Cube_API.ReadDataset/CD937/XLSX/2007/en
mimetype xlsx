--- v1 (2025-12-01)
+++ v2 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde1945d8fb1b4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5a35a39455c436e9239f27904b0e35f.psmdcp" Id="Ra9c53e3b01364ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5d21d1bb144931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62fc2cb08239433e9ac3c9d104a33e52.psmdcp" Id="R9a887e92c98e4226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>