--- v0 (2025-11-12)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c69b2f5a93444b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbe3e33ed5c84e999c39daa5429f1881.psmdcp" Id="R8ed812b1600942f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0100d03f4cd44e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/966d4dfb8be74175b156fe57c68879f3.psmdcp" Id="R5d030fbe83434a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD918</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over Whose Education has Ceased</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Those whose education has ceased  refer only to those who were educated beyond Upper Secondary Leaving Certificate Level or a Third Level.Second level refers to Technical or Vocational and Advanced Certificate or Completed Apprenticeship</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD918/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - What we Know - A study of Education and Skills in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -709,635 +709,238 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...583 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="Field of Study" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L319" totalsRowShown="0">
   <x:autoFilter ref="A1:L319"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02750V03319"/>
     <x:tableColumn id="8" name="Field of Study"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1610,51 +1213,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD918/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1843,51 +1446,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L319"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="59.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="51.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -14001,51 +13604,51 @@
       <x:c r="I319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L319" s="0">
         <x:v>489020</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14062,51 +13665,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L319" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD918"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14556,27 +14159,4480 @@
         <x:n v="4342"/>
         <x:n v="1619"/>
         <x:n v="2723"/>
         <x:n v="105199"/>
         <x:n v="8200"/>
         <x:n v="55151"/>
         <x:n v="4676"/>
         <x:n v="14256"/>
         <x:n v="22916"/>
         <x:n v="19488"/>
         <x:n v="6958"/>
         <x:n v="5388"/>
         <x:n v="7142"/>
         <x:n v="450"/>
         <x:n v="2946"/>
         <x:n v="1240"/>
         <x:n v="18887"/>
         <x:n v="489020"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9256"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13301"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5658"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65962"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11045"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10181"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25519"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19080"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7259"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10136"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116268"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8343"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17109"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24676"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16299"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34621"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13821"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26660"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22590"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38305"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11671"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16590"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7539"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42803"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20250"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14769"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7784"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91196"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430622"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94036"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33692"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6805"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11667"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7408"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7812"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49545"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9452"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8996"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22617"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281201"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11150"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13096"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63524"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21488"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55901"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34253"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6860"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26261"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48668"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95513"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11621"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34300"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11216"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28597"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9779"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99853"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25793"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7227"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9741"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14621"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17103"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22073"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16043"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8325"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7718"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128425"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16145"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59802"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17281"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30137"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27658"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9878"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34779"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875114"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7098"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12626"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9119"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111700"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16944"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24406"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16136"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34201"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11239"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23076"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20515"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11791"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8972"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51558"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237266"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20414"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13235"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19719"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10326"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124278"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29760"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27702"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15579"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12129"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19630"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55461"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23981"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6634"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15188"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84265"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22764"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6737"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9022"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10700"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15646"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16228"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11701"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6706"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23226"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7945"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7221"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8170"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4690"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6932"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15892"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386094"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6203"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53336"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8411"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8069"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24933"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9961"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6374"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4568"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34768"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10483"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16330"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5975"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31012"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11278"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14316"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39638"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193356"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73622"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20457"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5365"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29826"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6860"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6211"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12291"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156923"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8366"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33764"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12813"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28199"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18674"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14132"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29038"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40052"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7368"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10319"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13409"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15588"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105199"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55151"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14256"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22916"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19488"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18887"/>
+  </r>
+  <r>
+    <s v="CD918"/>
+    <s v="Population Aged 15 Years and Over Whose Education has Ceased"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489020"/>
+  </r>
+</pivotCacheRecords>
 </file>