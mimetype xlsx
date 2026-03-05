--- v1 (2026-01-15)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0100d03f4cd44e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/966d4dfb8be74175b156fe57c68879f3.psmdcp" Id="R5d030fbe83434a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc485373b657469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97edb80f30c04f40b4eff5795222d470.psmdcp" Id="R5e30f0b32bc441f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>