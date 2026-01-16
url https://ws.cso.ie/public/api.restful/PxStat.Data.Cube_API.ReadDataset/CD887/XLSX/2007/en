--- v0 (2025-10-25)
+++ v1 (2026-01-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc78d63b4f514c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/514ef778d6c24a1a85ad105181a89411.psmdcp" Id="R0a67665ad7204572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c1c9ee9ad74ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/164756644cb04f46b2dbb50535480f75.psmdcp" Id="Re5bb2c48b52a4ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD887</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD887/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -511,395 +511,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02832V03406" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="General Health" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L379" totalsRowShown="0">
   <x:autoFilter ref="A1:L379"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02722V03289"/>
     <x:tableColumn id="6" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="7" name="C02832V03406"/>
     <x:tableColumn id="8" name="General Health"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1172,51 +955,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD887/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1403,51 +1186,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15841,51 +15624,51 @@
       <x:c r="I379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>1039</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15902,51 +15685,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD887"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -16394,27 +16177,5320 @@
         <x:n v="13355"/>
         <x:n v="1841"/>
         <x:n v="390"/>
         <x:n v="4421"/>
         <x:n v="207635"/>
         <x:n v="159195"/>
         <x:n v="39554"/>
         <x:n v="4955"/>
         <x:n v="483"/>
         <x:n v="66"/>
         <x:n v="3382"/>
         <x:n v="99510"/>
         <x:n v="53495"/>
         <x:n v="34894"/>
         <x:n v="8400"/>
         <x:n v="1358"/>
         <x:n v="324"/>
         <x:n v="1039"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1947486"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1168510"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357927"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56159"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12001"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66579"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003490"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1522792"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027240"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332340"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52568"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11186"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57364"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239908"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56920"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100197"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65999"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12267"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149580"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55311"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61934"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26370"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4179"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261042"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114648"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103815"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34811"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5238"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245840"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131325"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88304"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21534"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372689"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207947"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129832"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28548"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128081"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75331"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42822"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8211"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114927"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71321"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35647"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153731"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104054"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41443"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139046"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96449"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35898"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5421"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92309"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63935"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23879"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65921"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44549"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17833"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190847"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118005"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57612"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12203"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849569"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382997"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288024"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109430"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18581"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46127"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605172"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424694"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141270"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25587"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9215"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318845"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72940"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9006"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7073"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105849"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68330"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16581"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960327"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573479"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170371"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27101"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34549"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473483"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748323"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506657"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158139"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25351"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29755"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130481"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33405"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54706"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33893"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6209"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84759"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33857"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34366"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13422"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145418"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68270"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56089"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17152"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117191"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64805"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40986"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9352"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176365"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99884"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61025"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12583"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54576"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31790"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18568"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52448"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31704"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17059"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69485"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45828"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19868"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65531"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44921"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17450"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44598"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30287"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12044"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32653"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21658"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9171"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89742"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54277"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28066"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5965"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410236"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187637"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137259"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50236"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8831"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24276"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298027"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212004"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66822"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12232"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159650"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33386"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52354"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33436"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8181"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987159"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595031"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187556"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29058"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6318"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32030"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530007"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774469"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520583"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174201"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27217"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27609"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109427"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23515"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45491"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32106"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6058"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64821"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21454"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27568"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12948"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115624"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46378"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47726"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17659"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128649"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66520"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47318"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12182"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196324"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108063"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68807"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15965"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73505"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43541"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24254"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4729"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62479"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39617"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18588"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3512"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84246"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58226"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21575"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73515"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51528"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18448"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47711"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33648"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11835"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22891"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8662"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101105"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63728"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29546"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6238"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439333"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195360"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150765"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59194"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9750"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21851"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307145"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212690"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74448"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13355"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159195"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39554"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53495"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34894"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8400"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD887"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+</pivotCacheRecords>
 </file>