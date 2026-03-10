--- v1 (2026-01-16)
+++ v2 (2026-03-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c1c9ee9ad74ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/164756644cb04f46b2dbb50535480f75.psmdcp" Id="Re5bb2c48b52a4ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe5556543ed24048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/846828a82bf94274b8dd2073ad96cb28.psmdcp" Id="Rde433a28ab3a42ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>