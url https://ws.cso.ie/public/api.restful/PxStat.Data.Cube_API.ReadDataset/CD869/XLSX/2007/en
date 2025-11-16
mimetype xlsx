--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R965f6a0e2cff47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8266c7e16114d7db42723f4c52ad7da.psmdcp" Id="R41d987dade69412f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa46d10a27843dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e50949bb7643492797b534fd3cb05511.psmdcp" Id="R10e4cfd80c604954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>