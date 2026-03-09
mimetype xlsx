--- v1 (2025-11-16)
+++ v2 (2026-03-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa46d10a27843dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e50949bb7643492797b534fd3cb05511.psmdcp" Id="R10e4cfd80c604954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c07e1b8e1943ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90cfc0af079147b6861f386e24f2e346.psmdcp" Id="Rebcc3192611445f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD869</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 Years and Over by Labour Force Participation Rate and Hours of Unpaid Help per Week</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Carers who provide regular unpaid personal help for a friend or family member with a long term illness health problem or disability</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD869/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -352,50 +352,53 @@
   </x:si>
   <x:si>
     <x:t>580</x:t>
   </x:si>
   <x:si>
     <x:t>70 - 74 years</x:t>
   </x:si>
   <x:si>
     <x:t>595</x:t>
   </x:si>
   <x:si>
     <x:t>75 - 79 years</x:t>
   </x:si>
   <x:si>
     <x:t>610</x:t>
   </x:si>
   <x:si>
     <x:t>80 - 84 years</x:t>
   </x:si>
   <x:si>
     <x:t>630</x:t>
   </x:si>
   <x:si>
     <x:t>85 years and over</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -532,387 +535,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J529" totalsRowShown="0">
   <x:autoFilter ref="A1:J529"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1183,51 +969,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD869/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1416,51 +1202,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="61.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -17850,50 +17636,53 @@
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J513" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="514" spans="1:10">
       <x:c r="A514" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>67</x:v>
@@ -18166,50 +17955,53 @@
         <x:v>108</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>55</x:v>
+      </x:c>
+      <x:c r="J523" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:10">
       <x:c r="A524" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
@@ -18372,51 +18164,51 @@
       <x:c r="G529" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J529" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18433,51 +18225,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="16">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="565"/>
         <x:s v="580"/>
         <x:s v="595"/>
         <x:s v="610"/>
         <x:s v="630"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="16">
         <x:s v="All ages"/>
@@ -18913,27 +18705,6364 @@
         <x:n v="1.6"/>
         <x:n v="1"/>
         <x:n v="2.1"/>
         <x:n v="3.1"/>
         <x:n v="3.7"/>
         <x:n v="4"/>
         <x:n v="1.1"/>
         <x:n v="3.8"/>
         <x:n v="3.9"/>
         <x:n v="2.2"/>
         <x:n v="0.9"/>
         <x:n v="0.7"/>
         <x:n v="1.3"/>
         <x:n v="3.2"/>
         <x:n v="3.6"/>
         <x:s v=""/>
         <x:n v="2.8"/>
         <x:n v="1.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="86.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="88.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="46.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="46.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C01"/>
+    <s v="Persons aged 15 years and over"/>
+    <s v="Rate"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C02"/>
+    <s v="Persons aged 15 years and over - providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C03"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C04"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C05"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C06"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C07"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C08"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C09"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Rate"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C10"/>
+    <s v="Persons aged 15 years and over - do not provide unpaid help"/>
+    <s v="Rate"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD869C11"/>
+    <s v="Persons aged 15 years and over - not stated if providing unpaid help"/>
+    <s v="Rate"/>
+    <n v="1"/>
+  </r>
+</pivotCacheRecords>
 </file>