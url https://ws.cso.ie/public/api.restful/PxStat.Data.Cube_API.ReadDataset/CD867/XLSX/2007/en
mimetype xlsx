--- v0 (2025-11-16)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9a828ae15064c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afd933f0eec9499abed96d469433d315.psmdcp" Id="R230dea8bb58a46ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4537d4bbaaf4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f665c135658343c5b98693593a4baa03.psmdcp" Id="Re040e3461d4f4acc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD867</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Carers who provide regular unpaid personal help for a friend or family member with a long term illness health problem or disability</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD867/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -320,50 +320,53 @@
   <x:si>
     <x:t>37</x:t>
   </x:si>
   <x:si>
     <x:t>Households comprised of unrelated persons only</x:t>
   </x:si>
   <x:si>
     <x:t>000</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>001</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>002</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>003</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>004</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>0051</x:t>
   </x:si>
   <x:si>
     <x:t>5 or more</x:t>
   </x:si>
   <x:si>
     <x:t>-8</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with more than one disability</x:t>
   </x:si>
 </x:sst>
 </file>
@@ -523,435 +526,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of carers in the household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons with a disability in a household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L1009" totalsRowShown="0">
   <x:autoFilter ref="A1:L1009"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02683V03250"/>
     <x:tableColumn id="4" name="Number of carers in the household"/>
     <x:tableColumn id="5" name="C02683V03250A"/>
     <x:tableColumn id="6" name="Persons with a disability in a household"/>
     <x:tableColumn id="7" name="C02255V02727"/>
     <x:tableColumn id="8" name="Composition of Private Household"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1224,51 +980,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD867/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1457,51 +1213,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L1009"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="34.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -3643,50 +3399,53 @@
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L57" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="58" spans="1:12">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>62</x:v>
@@ -4266,2719 +4025,2752 @@
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L73" s="0">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L74" s="0">
         <x:v>16217</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L75" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="76" spans="1:12">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L76" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="77" spans="1:12">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L77" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="78" spans="1:12">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L78" s="0">
         <x:v>8657</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L79" s="0">
         <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L80" s="0">
         <x:v>1492</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L81" s="0">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L82" s="0">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L83" s="0">
         <x:v>2145</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L84" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L85" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L86" s="0">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L87" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L88" s="0">
         <x:v>1166</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L89" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L90" s="0">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L91" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L92" s="0">
         <x:v>4234</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L93" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L94" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L95" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L96" s="0">
         <x:v>1984</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L97" s="0">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L98" s="0">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L99" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L100" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L101" s="0">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L102" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L103" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L104" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L105" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L106" s="0">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L107" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L108" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L109" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L110" s="0">
         <x:v>1389</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L111" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="112" spans="1:12">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L112" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="113" spans="1:12">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L113" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="114" spans="1:12">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L114" s="0">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L115" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L116" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L117" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L118" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L119" s="0">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L120" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L121" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L122" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L123" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L124" s="0">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L125" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L126" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="127" spans="1:12">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L127" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L128" s="0">
         <x:v>79684</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L129" s="0">
         <x:v>2599</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L130" s="0">
         <x:v>13781</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L131" s="0">
         <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L132" s="0">
         <x:v>28629</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L133" s="0">
         <x:v>2089</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L134" s="0">
         <x:v>11311</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L135" s="0">
         <x:v>1886</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L136" s="0">
         <x:v>2495</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L137" s="0">
         <x:v>5731</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L138" s="0">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L139" s="0">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L140" s="0">
         <x:v>2206</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L141" s="0">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L142" s="0">
         <x:v>2525</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L143" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L144" s="0">
         <x:v>3522</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L145" s="0">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
@@ -9079,50 +8871,53 @@
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L201" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:12">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>62</x:v>
@@ -9702,2722 +9497,2752 @@
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>3076</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L218" s="0">
         <x:v>29319</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L219" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:12">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L220" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:12">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L221" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L222" s="0">
         <x:v>16689</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L223" s="0">
         <x:v>1641</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L224" s="0">
         <x:v>3110</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L225" s="0">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L226" s="0">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L227" s="0">
         <x:v>2038</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L228" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L229" s="0">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L230" s="0">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L231" s="0">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L232" s="0">
         <x:v>1936</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L233" s="0">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L234" s="0">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L235" s="0">
         <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L236" s="0">
         <x:v>7257</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L237" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="238" spans="1:12">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L238" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:12">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L239" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:12">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L240" s="0">
         <x:v>3643</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L241" s="0">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L242" s="0">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L245" s="0">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L246" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L247" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L248" s="0">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L249" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L250" s="0">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L251" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L252" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L254" s="0">
         <x:v>3982</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L255" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:12">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L256" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:12">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L257" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:12">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L258" s="0">
         <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L259" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L260" s="0">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L261" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L262" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L263" s="0">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L264" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="265" spans="1:12">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L266" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L267" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L268" s="0">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L269" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L270" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>1935</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L272" s="0">
         <x:v>233084</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L273" s="0">
         <x:v>67031</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L274" s="0">
         <x:v>41613</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L275" s="0">
         <x:v>4361</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L276" s="0">
         <x:v>56539</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L277" s="0">
         <x:v>5386</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L278" s="0">
         <x:v>22372</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L279" s="0">
         <x:v>3836</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L280" s="0">
         <x:v>2863</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L281" s="0">
         <x:v>5056</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L282" s="0">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L283" s="0">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L284" s="0">
         <x:v>3133</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L285" s="0">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L286" s="0">
         <x:v>4304</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L287" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L288" s="0">
         <x:v>7530</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>7053</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
@@ -14518,50 +14343,53 @@
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L345" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="346" spans="1:12">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>62</x:v>
@@ -15141,2719 +14969,2752 @@
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L362" s="0">
         <x:v>10453</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L363" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="364" spans="1:12">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L364" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="365" spans="1:12">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L365" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="366" spans="1:12">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L366" s="0">
         <x:v>5476</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L367" s="0">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L368" s="0">
         <x:v>1152</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L369" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L370" s="0">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L371" s="0">
         <x:v>1242</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L372" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L373" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L374" s="0">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L375" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L376" s="0">
         <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L377" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L378" s="0">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L380" s="0">
         <x:v>2550</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L381" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="382" spans="1:12">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L382" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="383" spans="1:12">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L383" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="384" spans="1:12">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L384" s="0">
         <x:v>1192</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L386" s="0">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L387" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L388" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L389" s="0">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L390" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L391" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L392" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L393" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L394" s="0">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L395" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L396" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L398" s="0">
         <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L399" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="400" spans="1:12">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L400" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="401" spans="1:12">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L401" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="402" spans="1:12">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L402" s="0">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L403" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L404" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L405" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L407" s="0">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L408" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="409" spans="1:12">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L409" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L410" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L411" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L412" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L413" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L414" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L415" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L416" s="0">
         <x:v>59494</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L417" s="0">
         <x:v>2599</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L418" s="0">
         <x:v>12591</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L419" s="0">
         <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L420" s="0">
         <x:v>17554</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L421" s="0">
         <x:v>1436</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L422" s="0">
         <x:v>9995</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L423" s="0">
         <x:v>1673</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L424" s="0">
         <x:v>1653</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L425" s="0">
         <x:v>3213</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L426" s="0">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L427" s="0">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L428" s="0">
         <x:v>1688</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L429" s="0">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L430" s="0">
         <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L431" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L432" s="0">
         <x:v>3196</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
@@ -17902,50 +17763,53 @@
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L435" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="436" spans="1:12">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>62</x:v>
@@ -18583,50 +18447,53 @@
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L453" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="454" spans="1:12">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>62</x:v>
@@ -19264,50 +19131,53 @@
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L471" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="472" spans="1:12">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>62</x:v>
@@ -19945,50 +19815,53 @@
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L489" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="490" spans="1:12">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>62</x:v>
@@ -20568,18547 +20441,19201 @@
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L506" s="0">
         <x:v>4386</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L507" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="508" spans="1:12">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L508" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="509" spans="1:12">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L509" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="510" spans="1:12">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L510" s="0">
         <x:v>2461</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L511" s="0">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L512" s="0">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L513" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L514" s="0">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L515" s="0">
         <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L516" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L517" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:12">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L518" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:12">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L519" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:12">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L520" s="0">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:12">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L521" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:12">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L522" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:12">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L523" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:12">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L524" s="0">
         <x:v>1249</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:12">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L525" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="526" spans="1:12">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L526" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="527" spans="1:12">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L527" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="528" spans="1:12">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J528" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L528" s="0">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:12">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:12">
       <x:c r="A530" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J530" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K530" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L530" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:12">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L531" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:12">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K532" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L532" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:12">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L533" s="0">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:12">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J534" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K534" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L534" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:12">
       <x:c r="A535" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L535" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:12">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J536" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K536" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L536" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:12">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L537" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:12">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J538" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K538" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L538" s="0">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:12">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L539" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="540" spans="1:12">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J540" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K540" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L540" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:12">
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L541" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:12">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L542" s="0">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:12">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L543" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="544" spans="1:12">
       <x:c r="A544" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J544" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K544" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L544" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="545" spans="1:12">
       <x:c r="A545" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L545" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="546" spans="1:12">
       <x:c r="A546" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H546" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J546" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K546" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L546" s="0">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:12">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L547" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:12">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J548" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K548" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L548" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:12">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L549" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="550" spans="1:12">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J550" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K550" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L550" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:12">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L551" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:12">
       <x:c r="A552" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H552" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J552" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K552" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L552" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="553" spans="1:12">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L553" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:12">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J554" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K554" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L554" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:12">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L555" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="556" spans="1:12">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J556" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K556" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L556" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:12">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I557" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L557" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:12">
       <x:c r="A558" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H558" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I558" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J558" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K558" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L558" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="559" spans="1:12">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L559" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:12">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J560" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K560" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L560" s="0">
         <x:v>16534</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:12">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L561" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="562" spans="1:12">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I562" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J562" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K562" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L562" s="0">
         <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:12">
       <x:c r="A563" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I563" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L563" s="0">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:12">
       <x:c r="A564" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I564" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J564" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K564" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L564" s="0">
         <x:v>8886</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:12">
       <x:c r="A565" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L565" s="0">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:12">
       <x:c r="A566" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H566" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I566" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J566" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K566" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L566" s="0">
         <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:12">
       <x:c r="A567" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I567" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L567" s="0">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:12">
       <x:c r="A568" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J568" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K568" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L568" s="0">
         <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:12">
       <x:c r="A569" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I569" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L569" s="0">
         <x:v>1902</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:12">
       <x:c r="A570" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H570" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I570" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J570" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K570" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L570" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:12">
       <x:c r="A571" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I571" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L571" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:12">
       <x:c r="A572" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J572" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K572" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L572" s="0">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:12">
       <x:c r="A573" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I573" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L573" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:12">
       <x:c r="A574" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J574" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K574" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L574" s="0">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:12">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L575" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:12">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J576" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K576" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L576" s="0">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:12">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L577" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:12">
       <x:c r="A578" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J578" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K578" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L578" s="0">
         <x:v>9648</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:12">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I579" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L579" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="580" spans="1:12">
       <x:c r="A580" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J580" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K580" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L580" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="581" spans="1:12">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L581" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="582" spans="1:12">
       <x:c r="A582" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I582" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J582" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K582" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L582" s="0">
         <x:v>5764</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:12">
       <x:c r="A583" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L583" s="0">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:12">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J584" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K584" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L584" s="0">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:12">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L585" s="0">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:12">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J586" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K586" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L586" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:12">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I587" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L587" s="0">
         <x:v>1561</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:12">
       <x:c r="A588" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J588" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K588" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L588" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:12">
       <x:c r="A589" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L589" s="0">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:12">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I590" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J590" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K590" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L590" s="0">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:12">
       <x:c r="A591" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L591" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:12">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H592" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I592" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J592" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K592" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L592" s="0">
         <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:12">
       <x:c r="A593" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I593" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L593" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:12">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H594" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I594" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J594" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K594" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L594" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:12">
       <x:c r="A595" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:12">
       <x:c r="A596" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J596" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K596" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L596" s="0">
         <x:v>3416</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:12">
       <x:c r="A597" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L597" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="598" spans="1:12">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I598" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J598" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K598" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L598" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="599" spans="1:12">
       <x:c r="A599" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L599" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="600" spans="1:12">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H600" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I600" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J600" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K600" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L600" s="0">
         <x:v>2424</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:12">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L601" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:12">
       <x:c r="A602" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H602" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I602" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J602" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K602" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L602" s="0">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:12">
       <x:c r="A603" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I603" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L603" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:12">
       <x:c r="A604" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J604" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K604" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L604" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:12">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I605" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L605" s="0">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:12">
       <x:c r="A606" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J606" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K606" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L606" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:12">
       <x:c r="A607" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I607" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L607" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:12">
       <x:c r="A608" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H608" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J608" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K608" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L608" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:12">
       <x:c r="A609" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I609" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L609" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:12">
       <x:c r="A610" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H610" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I610" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J610" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K610" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L610" s="0">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:12">
       <x:c r="A611" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I611" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L611" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:12">
       <x:c r="A612" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H612" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I612" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J612" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K612" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L612" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:12">
       <x:c r="A613" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L613" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:12">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J614" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K614" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L614" s="0">
         <x:v>5717</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:12">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L615" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="616" spans="1:12">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J616" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K616" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L616" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="617" spans="1:12">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L617" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="618" spans="1:12">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J618" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K618" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L618" s="0">
         <x:v>3652</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:12">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I619" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L619" s="0">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:12">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J620" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K620" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L620" s="0">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:12">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L621" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:12">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H622" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I622" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J622" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K622" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L622" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:12">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I623" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L623" s="0">
         <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:12">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I624" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J624" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K624" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L624" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:12">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:12">
       <x:c r="A626" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J626" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K626" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L626" s="0">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:12">
       <x:c r="A627" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L627" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:12">
       <x:c r="A628" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J628" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K628" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L628" s="0">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:12">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L629" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:12">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J630" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K630" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L630" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:12">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L631" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:12">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J632" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K632" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L632" s="0">
         <x:v>2628</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:12">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L633" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="634" spans="1:12">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J634" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K634" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L634" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="635" spans="1:12">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L635" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="636" spans="1:12">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J636" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K636" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L636" s="0">
         <x:v>1528</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:12">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L637" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:12">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K638" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L638" s="0">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:12">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L639" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:12">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J640" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K640" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L640" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:12">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L641" s="0">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:12">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J642" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K642" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L642" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:12">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L643" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:12">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J644" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K644" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L644" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:12">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L645" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:12">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J646" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K646" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L646" s="0">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:12">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L647" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="648" spans="1:12">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J648" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K648" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L648" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:12">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:12">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E650" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E650" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F650" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J650" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K650" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L650" s="0">
         <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:12">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E651" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E651" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F651" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L651" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="652" spans="1:12">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E652" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E652" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F652" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J652" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K652" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L652" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="653" spans="1:12">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E653" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E653" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F653" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L653" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="654" spans="1:12">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E654" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E654" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F654" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J654" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K654" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L654" s="0">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:12">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E655" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E655" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F655" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L655" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:12">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E656" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E656" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F656" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J656" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K656" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L656" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:12">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E657" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E657" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F657" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L657" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:12">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E658" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E658" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F658" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J658" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K658" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L658" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:12">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E659" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E659" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F659" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L659" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:12">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E660" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E660" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F660" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J660" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K660" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L660" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:12">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E661" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E661" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F661" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:12">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E662" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E662" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F662" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J662" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K662" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L662" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:12">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E663" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E663" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F663" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L663" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:12">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E664" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E664" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F664" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J664" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K664" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L664" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:12">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E665" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E665" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F665" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L665" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:12">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E666" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E666" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F666" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J666" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K666" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L666" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:12">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E667" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E667" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F667" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L667" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:12">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J668" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K668" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L668" s="0">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:12">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L669" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="670" spans="1:12">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J670" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K670" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L670" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="671" spans="1:12">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L671" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="672" spans="1:12">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J672" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K672" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L672" s="0">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:12">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L673" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="674" spans="1:12">
       <x:c r="A674" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H674" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I674" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J674" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K674" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L674" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:12">
       <x:c r="A675" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I675" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L675" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:12">
       <x:c r="A676" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H676" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I676" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J676" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K676" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L676" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:12">
       <x:c r="A677" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I677" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L677" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:12">
       <x:c r="A678" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H678" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I678" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J678" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K678" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L678" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="679" spans="1:12">
       <x:c r="A679" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I679" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L679" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="680" spans="1:12">
       <x:c r="A680" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H680" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J680" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K680" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L680" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:12">
       <x:c r="A681" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I681" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L681" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:12">
       <x:c r="A682" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H682" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I682" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J682" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K682" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L682" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:12">
       <x:c r="A683" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I683" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L683" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:12">
       <x:c r="A684" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H684" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I684" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J684" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K684" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L684" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="685" spans="1:12">
       <x:c r="A685" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L685" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="686" spans="1:12">
       <x:c r="A686" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H686" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I686" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J686" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K686" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L686" s="0">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:12">
       <x:c r="A687" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I687" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L687" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="688" spans="1:12">
       <x:c r="A688" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H688" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I688" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J688" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K688" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L688" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="689" spans="1:12">
       <x:c r="A689" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I689" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L689" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="690" spans="1:12">
       <x:c r="A690" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H690" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I690" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J690" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K690" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L690" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:12">
       <x:c r="A691" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I691" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L691" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="692" spans="1:12">
       <x:c r="A692" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H692" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I692" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J692" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K692" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L692" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="693" spans="1:12">
       <x:c r="A693" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I693" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L693" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:12">
       <x:c r="A694" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H694" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I694" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J694" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K694" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L694" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="695" spans="1:12">
       <x:c r="A695" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I695" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L695" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:12">
       <x:c r="A696" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J696" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K696" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L696" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="697" spans="1:12">
       <x:c r="A697" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I697" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L697" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="698" spans="1:12">
       <x:c r="A698" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H698" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I698" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J698" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K698" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L698" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="699" spans="1:12">
       <x:c r="A699" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I699" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L699" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="700" spans="1:12">
       <x:c r="A700" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H700" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I700" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J700" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K700" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L700" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:12">
       <x:c r="A701" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L701" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="702" spans="1:12">
       <x:c r="A702" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H702" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I702" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J702" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K702" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L702" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="703" spans="1:12">
       <x:c r="A703" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I703" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L703" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="704" spans="1:12">
       <x:c r="A704" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H704" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I704" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J704" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K704" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L704" s="0">
         <x:v>2553</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:12">
       <x:c r="A705" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I705" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L705" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="706" spans="1:12">
       <x:c r="A706" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H706" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I706" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J706" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K706" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L706" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="707" spans="1:12">
       <x:c r="A707" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I707" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L707" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="708" spans="1:12">
       <x:c r="A708" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H708" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I708" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J708" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K708" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L708" s="0">
         <x:v>1492</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:12">
       <x:c r="A709" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I709" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L709" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:12">
       <x:c r="A710" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H710" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I710" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J710" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K710" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L710" s="0">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:12">
       <x:c r="A711" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I711" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L711" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:12">
       <x:c r="A712" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H712" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I712" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J712" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K712" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L712" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:12">
       <x:c r="A713" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I713" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L713" s="0">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:12">
       <x:c r="A714" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H714" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I714" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J714" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K714" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L714" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:12">
       <x:c r="A715" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I715" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L715" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:12">
       <x:c r="A716" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H716" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I716" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J716" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K716" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L716" s="0">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:12">
       <x:c r="A717" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I717" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L717" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:12">
       <x:c r="A718" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H718" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I718" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J718" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K718" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L718" s="0">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:12">
       <x:c r="A719" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I719" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L719" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:12">
       <x:c r="A720" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H720" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I720" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J720" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K720" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L720" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:12">
       <x:c r="A721" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I721" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L721" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:12">
       <x:c r="A722" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H722" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I722" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J722" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K722" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L722" s="0">
         <x:v>3513</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:12">
       <x:c r="A723" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I723" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L723" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="724" spans="1:12">
       <x:c r="A724" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H724" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I724" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J724" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K724" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L724" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="725" spans="1:12">
       <x:c r="A725" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I725" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L725" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="726" spans="1:12">
       <x:c r="A726" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H726" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I726" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J726" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K726" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L726" s="0">
         <x:v>2332</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:12">
       <x:c r="A727" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I727" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L727" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:12">
       <x:c r="A728" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H728" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I728" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J728" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K728" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L728" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:12">
       <x:c r="A729" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I729" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L729" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:12">
       <x:c r="A730" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H730" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I730" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J730" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K730" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L730" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="731" spans="1:12">
       <x:c r="A731" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I731" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L731" s="0">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:12">
       <x:c r="A732" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H732" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I732" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J732" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K732" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L732" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="733" spans="1:12">
       <x:c r="A733" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I733" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L733" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:12">
       <x:c r="A734" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H734" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I734" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J734" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K734" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L734" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:12">
       <x:c r="A735" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H735" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I735" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J735" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L735" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:12">
       <x:c r="A736" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H736" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I736" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J736" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K736" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L736" s="0">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:12">
       <x:c r="A737" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H737" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I737" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J737" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L737" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:12">
       <x:c r="A738" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H738" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I738" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J738" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K738" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L738" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:12">
       <x:c r="A739" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I739" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J739" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L739" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:12">
       <x:c r="A740" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H740" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I740" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J740" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K740" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L740" s="0">
         <x:v>1395</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:12">
       <x:c r="A741" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H741" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I741" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L741" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="742" spans="1:12">
       <x:c r="A742" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H742" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I742" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J742" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K742" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L742" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="743" spans="1:12">
       <x:c r="A743" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I743" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L743" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="744" spans="1:12">
       <x:c r="A744" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H744" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I744" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J744" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K744" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L744" s="0">
         <x:v>1126</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:12">
       <x:c r="A745" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I745" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L745" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:12">
       <x:c r="A746" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H746" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I746" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J746" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K746" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L746" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:12">
       <x:c r="A747" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I747" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J747" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L747" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:12">
       <x:c r="A748" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H748" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I748" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J748" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K748" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L748" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:12">
       <x:c r="A749" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I749" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L749" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:12">
       <x:c r="A750" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H750" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I750" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J750" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K750" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L750" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:12">
       <x:c r="A751" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H751" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I751" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L751" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:12">
       <x:c r="A752" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H752" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I752" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J752" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K752" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L752" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:12">
       <x:c r="A753" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H753" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I753" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J753" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L753" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:12">
       <x:c r="A754" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H754" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I754" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J754" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K754" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L754" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:12">
       <x:c r="A755" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I755" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J755" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L755" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="756" spans="1:12">
       <x:c r="A756" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H756" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I756" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J756" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K756" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L756" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:12">
       <x:c r="A757" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I757" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:12">
       <x:c r="A758" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H758" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I758" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J758" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K758" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L758" s="0">
         <x:v>2135</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:12">
       <x:c r="A759" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I759" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J759" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L759" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="760" spans="1:12">
       <x:c r="A760" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H760" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I760" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J760" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K760" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L760" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="761" spans="1:12">
       <x:c r="A761" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H761" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I761" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J761" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L761" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="762" spans="1:12">
       <x:c r="A762" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H762" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I762" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J762" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K762" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L762" s="0">
         <x:v>1523</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:12">
       <x:c r="A763" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H763" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I763" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J763" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L763" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:12">
       <x:c r="A764" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H764" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I764" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J764" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K764" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L764" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:12">
       <x:c r="A765" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I765" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J765" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L765" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="766" spans="1:12">
       <x:c r="A766" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H766" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I766" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J766" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K766" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L766" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="767" spans="1:12">
       <x:c r="A767" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H767" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I767" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J767" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K767" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L767" s="0">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:12">
       <x:c r="A768" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H768" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I768" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J768" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K768" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L768" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="769" spans="1:12">
       <x:c r="A769" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J769" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K769" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L769" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:12">
       <x:c r="A770" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H770" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I770" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J770" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K770" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L770" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:12">
       <x:c r="A771" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H771" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I771" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J771" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K771" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L771" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:12">
       <x:c r="A772" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H772" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I772" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J772" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K772" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L772" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:12">
       <x:c r="A773" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H773" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I773" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J773" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K773" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L773" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="774" spans="1:12">
       <x:c r="A774" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H774" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I774" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J774" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K774" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L774" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:12">
       <x:c r="A775" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H775" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I775" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J775" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K775" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L775" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:12">
       <x:c r="A776" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H776" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I776" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J776" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K776" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L776" s="0">
         <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:12">
       <x:c r="A777" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H777" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I777" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J777" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K777" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L777" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="778" spans="1:12">
       <x:c r="A778" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H778" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I778" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J778" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K778" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L778" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="779" spans="1:12">
       <x:c r="A779" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H779" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I779" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J779" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K779" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L779" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="780" spans="1:12">
       <x:c r="A780" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H780" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I780" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J780" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K780" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L780" s="0">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:12">
       <x:c r="A781" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H781" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I781" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J781" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K781" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L781" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:12">
       <x:c r="A782" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H782" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I782" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J782" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K782" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L782" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:12">
       <x:c r="A783" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H783" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I783" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J783" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K783" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L783" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="784" spans="1:12">
       <x:c r="A784" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H784" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I784" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J784" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K784" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L784" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="785" spans="1:12">
       <x:c r="A785" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H785" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I785" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J785" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K785" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L785" s="0">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:12">
       <x:c r="A786" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H786" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I786" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J786" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K786" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L786" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="787" spans="1:12">
       <x:c r="A787" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H787" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I787" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J787" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K787" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L787" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="788" spans="1:12">
       <x:c r="A788" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H788" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I788" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J788" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K788" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L788" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:12">
       <x:c r="A789" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H789" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I789" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J789" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K789" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L789" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="790" spans="1:12">
       <x:c r="A790" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H790" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I790" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J790" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K790" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L790" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:12">
       <x:c r="A791" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H791" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I791" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J791" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K791" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L791" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:12">
       <x:c r="A792" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H792" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I792" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J792" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K792" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L792" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="793" spans="1:12">
       <x:c r="A793" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L793" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="794" spans="1:12">
       <x:c r="A794" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D794" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E794" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F794" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H794" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I794" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J794" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K794" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L794" s="0">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:12">
       <x:c r="A795" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D795" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E795" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F795" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H795" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I795" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J795" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K795" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L795" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="796" spans="1:12">
       <x:c r="A796" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D796" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E796" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F796" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H796" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I796" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J796" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K796" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L796" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="797" spans="1:12">
       <x:c r="A797" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D797" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E797" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F797" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H797" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I797" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J797" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K797" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L797" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="798" spans="1:12">
       <x:c r="A798" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D798" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E798" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F798" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H798" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I798" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J798" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K798" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L798" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:12">
       <x:c r="A799" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D799" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E799" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F799" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H799" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I799" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J799" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K799" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L799" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:12">
       <x:c r="A800" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D800" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E800" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F800" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H800" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I800" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J800" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K800" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L800" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:12">
       <x:c r="A801" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D801" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E801" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F801" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H801" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I801" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J801" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K801" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L801" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="802" spans="1:12">
       <x:c r="A802" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D802" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E802" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F802" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H802" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I802" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J802" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K802" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L802" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="803" spans="1:12">
       <x:c r="A803" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D803" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E803" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F803" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H803" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I803" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J803" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K803" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L803" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:12">
       <x:c r="A804" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D804" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E804" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F804" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H804" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I804" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J804" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K804" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L804" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="805" spans="1:12">
       <x:c r="A805" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D805" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E805" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F805" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H805" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I805" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J805" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K805" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L805" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="806" spans="1:12">
       <x:c r="A806" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D806" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E806" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F806" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H806" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I806" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J806" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K806" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L806" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:12">
       <x:c r="A807" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D807" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E807" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F807" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H807" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I807" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J807" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K807" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L807" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="808" spans="1:12">
       <x:c r="A808" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D808" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E808" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F808" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H808" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I808" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J808" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K808" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L808" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:12">
       <x:c r="A809" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D809" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E809" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F809" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H809" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I809" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J809" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K809" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L809" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="810" spans="1:12">
       <x:c r="A810" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D810" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E810" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F810" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H810" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I810" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J810" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K810" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L810" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="811" spans="1:12">
       <x:c r="A811" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D811" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E811" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F811" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H811" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I811" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J811" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K811" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L811" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="812" spans="1:12">
       <x:c r="A812" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E812" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E812" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F812" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H812" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I812" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J812" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K812" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L812" s="0">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:12">
       <x:c r="A813" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E813" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E813" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F813" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H813" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I813" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J813" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K813" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L813" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="814" spans="1:12">
       <x:c r="A814" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E814" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E814" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F814" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H814" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I814" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J814" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K814" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L814" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="815" spans="1:12">
       <x:c r="A815" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E815" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E815" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F815" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H815" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I815" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J815" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K815" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L815" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="816" spans="1:12">
       <x:c r="A816" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E816" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E816" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F816" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H816" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I816" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J816" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K816" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L816" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:12">
       <x:c r="A817" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E817" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E817" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F817" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H817" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I817" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J817" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K817" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L817" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="818" spans="1:12">
       <x:c r="A818" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E818" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E818" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F818" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H818" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I818" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J818" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K818" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L818" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:12">
       <x:c r="A819" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E819" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E819" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F819" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H819" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I819" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J819" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K819" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L819" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:12">
       <x:c r="A820" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E820" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E820" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F820" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H820" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I820" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J820" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K820" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L820" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="821" spans="1:12">
       <x:c r="A821" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E821" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E821" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F821" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H821" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I821" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J821" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K821" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L821" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:12">
       <x:c r="A822" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E822" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E822" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F822" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H822" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I822" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J822" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K822" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L822" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="823" spans="1:12">
       <x:c r="A823" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E823" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E823" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F823" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H823" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I823" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J823" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K823" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L823" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="824" spans="1:12">
       <x:c r="A824" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E824" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E824" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F824" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H824" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I824" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J824" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K824" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L824" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="825" spans="1:12">
       <x:c r="A825" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E825" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E825" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F825" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H825" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I825" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J825" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K825" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L825" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="826" spans="1:12">
       <x:c r="A826" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E826" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E826" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F826" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H826" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I826" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J826" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K826" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L826" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:12">
       <x:c r="A827" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E827" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E827" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F827" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H827" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I827" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J827" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K827" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L827" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="828" spans="1:12">
       <x:c r="A828" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E828" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E828" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F828" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H828" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I828" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J828" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K828" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L828" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="829" spans="1:12">
       <x:c r="A829" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E829" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E829" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F829" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H829" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I829" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J829" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K829" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L829" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="830" spans="1:12">
       <x:c r="A830" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H830" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I830" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J830" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K830" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L830" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:12">
       <x:c r="A831" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H831" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I831" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J831" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K831" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L831" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="832" spans="1:12">
       <x:c r="A832" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H832" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I832" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J832" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K832" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L832" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="833" spans="1:12">
       <x:c r="A833" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H833" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I833" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J833" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K833" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L833" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="834" spans="1:12">
       <x:c r="A834" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H834" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I834" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J834" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K834" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L834" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:12">
       <x:c r="A835" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H835" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I835" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J835" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K835" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L835" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:12">
       <x:c r="A836" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H836" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I836" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J836" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K836" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L836" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="837" spans="1:12">
       <x:c r="A837" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H837" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I837" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J837" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K837" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L837" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="838" spans="1:12">
       <x:c r="A838" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H838" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I838" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J838" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K838" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L838" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="839" spans="1:12">
       <x:c r="A839" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H839" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I839" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J839" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K839" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L839" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="840" spans="1:12">
       <x:c r="A840" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H840" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I840" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J840" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K840" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L840" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="841" spans="1:12">
       <x:c r="A841" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H841" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I841" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J841" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K841" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L841" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:12">
       <x:c r="A842" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H842" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I842" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J842" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K842" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L842" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:12">
       <x:c r="A843" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H843" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I843" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J843" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K843" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L843" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="844" spans="1:12">
       <x:c r="A844" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H844" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I844" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J844" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K844" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L844" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:12">
       <x:c r="A845" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H845" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I845" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J845" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K845" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L845" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="846" spans="1:12">
       <x:c r="A846" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H846" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I846" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J846" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K846" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L846" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="847" spans="1:12">
       <x:c r="A847" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H847" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I847" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J847" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K847" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L847" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="848" spans="1:12">
       <x:c r="A848" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H848" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I848" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J848" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K848" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L848" s="0">
         <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:12">
       <x:c r="A849" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H849" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I849" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J849" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K849" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L849" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="850" spans="1:12">
       <x:c r="A850" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H850" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I850" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J850" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K850" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L850" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="851" spans="1:12">
       <x:c r="A851" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H851" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I851" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J851" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K851" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L851" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="852" spans="1:12">
       <x:c r="A852" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H852" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I852" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J852" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K852" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L852" s="0">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:12">
       <x:c r="A853" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H853" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I853" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J853" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K853" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L853" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:12">
       <x:c r="A854" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H854" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I854" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J854" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K854" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L854" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:12">
       <x:c r="A855" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H855" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I855" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J855" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K855" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L855" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:12">
       <x:c r="A856" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H856" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I856" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J856" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K856" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L856" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="857" spans="1:12">
       <x:c r="A857" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H857" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I857" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J857" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K857" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L857" s="0">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:12">
       <x:c r="A858" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H858" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I858" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J858" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K858" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L858" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="859" spans="1:12">
       <x:c r="A859" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H859" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I859" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J859" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K859" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L859" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:12">
       <x:c r="A860" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H860" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I860" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J860" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K860" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L860" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:12">
       <x:c r="A861" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F861" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H861" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I861" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J861" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K861" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L861" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:12">
       <x:c r="A862" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F862" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H862" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I862" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J862" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K862" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L862" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:12">
       <x:c r="A863" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F863" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H863" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I863" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J863" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K863" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L863" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:12">
       <x:c r="A864" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H864" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I864" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J864" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K864" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L864" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:12">
       <x:c r="A865" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I865" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J865" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K865" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L865" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="866" spans="1:12">
       <x:c r="A866" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F866" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H866" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I866" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J866" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K866" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L866" s="0">
         <x:v>1663</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:12">
       <x:c r="A867" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F867" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G867" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H867" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I867" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J867" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K867" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L867" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="868" spans="1:12">
       <x:c r="A868" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F868" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H868" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I868" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J868" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K868" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L868" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="869" spans="1:12">
       <x:c r="A869" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H869" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I869" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J869" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K869" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L869" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="870" spans="1:12">
       <x:c r="A870" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H870" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I870" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J870" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K870" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L870" s="0">
         <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:12">
       <x:c r="A871" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H871" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I871" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J871" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K871" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L871" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="872" spans="1:12">
       <x:c r="A872" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F872" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H872" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I872" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J872" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K872" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L872" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:12">
       <x:c r="A873" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F873" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H873" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I873" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J873" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K873" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L873" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="874" spans="1:12">
       <x:c r="A874" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F874" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H874" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I874" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J874" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K874" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L874" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="875" spans="1:12">
       <x:c r="A875" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F875" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H875" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I875" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J875" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K875" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L875" s="0">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:12">
       <x:c r="A876" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F876" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H876" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I876" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J876" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K876" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L876" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="877" spans="1:12">
       <x:c r="A877" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F877" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H877" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I877" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J877" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K877" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L877" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:12">
       <x:c r="A878" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F878" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H878" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I878" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J878" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K878" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L878" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:12">
       <x:c r="A879" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F879" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H879" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I879" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J879" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K879" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L879" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="880" spans="1:12">
       <x:c r="A880" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F880" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H880" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I880" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J880" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K880" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L880" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:12">
       <x:c r="A881" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H881" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I881" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J881" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K881" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L881" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="882" spans="1:12">
       <x:c r="A882" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F882" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H882" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I882" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J882" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K882" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L882" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="883" spans="1:12">
       <x:c r="A883" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F883" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H883" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I883" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J883" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K883" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L883" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="884" spans="1:12">
       <x:c r="A884" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F884" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H884" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I884" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J884" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K884" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L884" s="0">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:12">
       <x:c r="A885" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F885" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H885" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I885" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J885" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K885" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L885" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="886" spans="1:12">
       <x:c r="A886" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G886" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H886" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I886" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J886" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K886" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L886" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="887" spans="1:12">
       <x:c r="A887" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H887" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I887" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J887" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K887" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L887" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="888" spans="1:12">
       <x:c r="A888" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H888" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I888" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J888" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K888" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L888" s="0">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:12">
       <x:c r="A889" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H889" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I889" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J889" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K889" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L889" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="890" spans="1:12">
       <x:c r="A890" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F890" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H890" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I890" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J890" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K890" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L890" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:12">
       <x:c r="A891" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F891" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H891" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I891" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J891" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K891" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L891" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="892" spans="1:12">
       <x:c r="A892" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F892" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H892" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I892" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J892" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K892" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L892" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:12">
       <x:c r="A893" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F893" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H893" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I893" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J893" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K893" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L893" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:12">
       <x:c r="A894" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F894" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H894" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I894" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J894" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K894" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L894" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="895" spans="1:12">
       <x:c r="A895" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F895" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H895" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I895" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J895" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K895" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L895" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="896" spans="1:12">
       <x:c r="A896" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F896" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H896" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I896" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J896" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K896" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L896" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="897" spans="1:12">
       <x:c r="A897" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F897" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H897" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I897" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J897" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K897" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L897" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:12">
       <x:c r="A898" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F898" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H898" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I898" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J898" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K898" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L898" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:12">
       <x:c r="A899" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F899" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H899" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I899" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J899" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K899" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L899" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="900" spans="1:12">
       <x:c r="A900" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H900" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I900" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J900" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K900" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L900" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:12">
       <x:c r="A901" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H901" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I901" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J901" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K901" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L901" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="902" spans="1:12">
       <x:c r="A902" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F902" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H902" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I902" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J902" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K902" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L902" s="0">
         <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:12">
       <x:c r="A903" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F903" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H903" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I903" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J903" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K903" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L903" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="904" spans="1:12">
       <x:c r="A904" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F904" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H904" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I904" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J904" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K904" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L904" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="905" spans="1:12">
       <x:c r="A905" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F905" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H905" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I905" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J905" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K905" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L905" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="906" spans="1:12">
       <x:c r="A906" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F906" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H906" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I906" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J906" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K906" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L906" s="0">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:12">
       <x:c r="A907" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F907" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H907" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I907" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J907" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K907" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L907" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="908" spans="1:12">
       <x:c r="A908" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F908" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H908" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I908" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J908" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K908" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L908" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:12">
       <x:c r="A909" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F909" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H909" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I909" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J909" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K909" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L909" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="910" spans="1:12">
       <x:c r="A910" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F910" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H910" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I910" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J910" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K910" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L910" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="911" spans="1:12">
       <x:c r="A911" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F911" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H911" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I911" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J911" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K911" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L911" s="0">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:12">
       <x:c r="A912" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F912" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H912" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I912" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J912" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K912" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L912" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="913" spans="1:12">
       <x:c r="A913" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F913" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H913" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I913" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J913" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K913" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L913" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:12">
       <x:c r="A914" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H914" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I914" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J914" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K914" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L914" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:12">
       <x:c r="A915" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H915" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I915" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J915" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K915" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L915" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="916" spans="1:12">
       <x:c r="A916" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H916" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I916" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J916" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K916" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L916" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:12">
       <x:c r="A917" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H917" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I917" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J917" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K917" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L917" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="918" spans="1:12">
       <x:c r="A918" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H918" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I918" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J918" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K918" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L918" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="919" spans="1:12">
       <x:c r="A919" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H919" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I919" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J919" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K919" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L919" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="920" spans="1:12">
       <x:c r="A920" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H920" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I920" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J920" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K920" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L920" s="0">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:12">
       <x:c r="A921" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H921" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I921" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J921" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K921" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L921" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="922" spans="1:12">
       <x:c r="A922" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H922" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I922" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J922" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K922" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L922" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="923" spans="1:12">
       <x:c r="A923" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H923" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I923" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J923" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K923" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L923" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="924" spans="1:12">
       <x:c r="A924" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H924" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I924" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J924" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K924" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L924" s="0">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:12">
       <x:c r="A925" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I925" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J925" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K925" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L925" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="926" spans="1:12">
       <x:c r="A926" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H926" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I926" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J926" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K926" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L926" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:12">
       <x:c r="A927" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H927" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I927" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J927" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K927" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L927" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="928" spans="1:12">
       <x:c r="A928" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H928" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I928" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J928" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K928" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L928" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="929" spans="1:12">
       <x:c r="A929" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H929" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I929" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J929" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K929" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L929" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:12">
       <x:c r="A930" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F930" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H930" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I930" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J930" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K930" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L930" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="931" spans="1:12">
       <x:c r="A931" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F931" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H931" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I931" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J931" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K931" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L931" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:12">
       <x:c r="A932" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F932" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H932" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I932" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J932" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K932" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L932" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="933" spans="1:12">
       <x:c r="A933" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F933" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H933" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I933" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J933" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K933" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L933" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="934" spans="1:12">
       <x:c r="A934" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F934" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H934" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I934" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J934" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K934" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L934" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:12">
       <x:c r="A935" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E935" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F935" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H935" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I935" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J935" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K935" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L935" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="936" spans="1:12">
       <x:c r="A936" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F936" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H936" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I936" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J936" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K936" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L936" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="937" spans="1:12">
       <x:c r="A937" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H937" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I937" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J937" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K937" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L937" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="938" spans="1:12">
       <x:c r="A938" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D938" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E938" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F938" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G938" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H938" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I938" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J938" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K938" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L938" s="0">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:12">
       <x:c r="A939" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D939" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E939" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F939" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G939" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H939" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I939" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J939" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K939" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L939" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="940" spans="1:12">
       <x:c r="A940" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D940" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E940" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F940" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G940" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H940" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I940" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J940" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K940" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L940" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="941" spans="1:12">
       <x:c r="A941" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D941" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E941" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F941" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G941" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H941" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I941" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J941" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K941" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L941" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="942" spans="1:12">
       <x:c r="A942" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D942" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E942" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F942" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G942" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H942" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I942" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J942" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K942" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L942" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:12">
       <x:c r="A943" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D943" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E943" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F943" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G943" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H943" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I943" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J943" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K943" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L943" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="944" spans="1:12">
       <x:c r="A944" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D944" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E944" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F944" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G944" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H944" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I944" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J944" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K944" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L944" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:12">
       <x:c r="A945" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E945" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F945" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G945" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H945" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I945" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J945" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K945" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L945" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="946" spans="1:12">
       <x:c r="A946" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E946" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F946" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G946" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H946" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I946" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J946" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K946" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L946" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="947" spans="1:12">
       <x:c r="A947" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D947" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E947" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F947" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G947" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H947" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I947" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J947" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K947" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L947" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:12">
       <x:c r="A948" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D948" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E948" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F948" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G948" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H948" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I948" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J948" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K948" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L948" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="949" spans="1:12">
       <x:c r="A949" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D949" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E949" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F949" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G949" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H949" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I949" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J949" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K949" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L949" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="950" spans="1:12">
       <x:c r="A950" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D950" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E950" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F950" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G950" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H950" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I950" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J950" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K950" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L950" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="951" spans="1:12">
       <x:c r="A951" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D951" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E951" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F951" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H951" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I951" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J951" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K951" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L951" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="952" spans="1:12">
       <x:c r="A952" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E952" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F952" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G952" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H952" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I952" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J952" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K952" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L952" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:12">
       <x:c r="A953" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E953" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F953" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H953" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I953" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J953" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K953" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L953" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="954" spans="1:12">
       <x:c r="A954" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E954" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F954" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H954" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I954" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J954" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K954" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L954" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="955" spans="1:12">
       <x:c r="A955" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E955" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F955" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H955" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I955" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J955" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K955" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L955" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="956" spans="1:12">
       <x:c r="A956" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D956" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E956" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F956" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G956" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H956" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I956" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J956" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K956" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L956" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:12">
       <x:c r="A957" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D957" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E957" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F957" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H957" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I957" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J957" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K957" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L957" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="958" spans="1:12">
       <x:c r="A958" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D958" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E958" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F958" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G958" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H958" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I958" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J958" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K958" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L958" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="959" spans="1:12">
       <x:c r="A959" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D959" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E959" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F959" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H959" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I959" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J959" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K959" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L959" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="960" spans="1:12">
       <x:c r="A960" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D960" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E960" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F960" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H960" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I960" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J960" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K960" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L960" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:12">
       <x:c r="A961" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D961" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E961" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F961" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G961" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H961" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I961" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J961" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K961" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L961" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="962" spans="1:12">
       <x:c r="A962" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D962" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E962" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F962" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H962" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I962" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J962" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K962" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L962" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="963" spans="1:12">
       <x:c r="A963" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D963" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E963" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F963" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G963" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H963" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I963" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J963" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K963" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L963" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="964" spans="1:12">
       <x:c r="A964" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D964" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E964" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F964" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G964" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H964" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I964" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J964" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K964" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L964" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="965" spans="1:12">
       <x:c r="A965" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D965" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E965" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F965" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G965" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H965" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I965" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J965" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K965" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L965" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="966" spans="1:12">
       <x:c r="A966" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D966" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E966" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F966" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G966" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H966" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I966" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J966" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K966" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L966" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="967" spans="1:12">
       <x:c r="A967" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D967" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E967" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F967" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G967" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H967" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I967" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J967" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K967" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L967" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="968" spans="1:12">
       <x:c r="A968" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D968" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E968" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F968" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G968" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H968" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I968" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J968" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K968" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L968" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="969" spans="1:12">
       <x:c r="A969" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D969" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E969" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F969" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G969" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H969" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I969" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J969" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K969" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L969" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="970" spans="1:12">
       <x:c r="A970" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D970" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E970" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F970" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G970" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H970" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I970" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J970" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K970" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L970" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:12">
       <x:c r="A971" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D971" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E971" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F971" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G971" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H971" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I971" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J971" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K971" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L971" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="972" spans="1:12">
       <x:c r="A972" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D972" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E972" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F972" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G972" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H972" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I972" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J972" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K972" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L972" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="973" spans="1:12">
       <x:c r="A973" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D973" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E973" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F973" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G973" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H973" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I973" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J973" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K973" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L973" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="974" spans="1:12">
       <x:c r="A974" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E974" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E974" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F974" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G974" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H974" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I974" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J974" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K974" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L974" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:12">
       <x:c r="A975" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E975" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E975" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F975" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G975" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H975" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I975" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J975" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K975" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L975" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="976" spans="1:12">
       <x:c r="A976" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E976" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E976" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F976" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G976" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H976" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I976" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J976" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K976" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L976" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="977" spans="1:12">
       <x:c r="A977" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E977" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E977" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F977" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G977" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H977" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I977" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J977" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K977" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L977" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="978" spans="1:12">
       <x:c r="A978" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E978" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E978" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F978" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G978" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H978" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I978" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J978" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K978" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L978" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:12">
       <x:c r="A979" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E979" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E979" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F979" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G979" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H979" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I979" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J979" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K979" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L979" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="980" spans="1:12">
       <x:c r="A980" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D980" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E980" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E980" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F980" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G980" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H980" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I980" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J980" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K980" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L980" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:12">
       <x:c r="A981" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D981" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E981" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E981" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F981" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G981" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H981" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I981" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J981" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K981" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L981" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="982" spans="1:12">
       <x:c r="A982" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D982" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E982" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E982" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F982" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G982" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H982" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I982" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J982" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K982" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L982" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="983" spans="1:12">
       <x:c r="A983" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D983" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E983" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E983" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F983" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G983" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H983" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I983" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J983" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K983" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L983" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:12">
       <x:c r="A984" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D984" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E984" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E984" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F984" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G984" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H984" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I984" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J984" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K984" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L984" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="985" spans="1:12">
       <x:c r="A985" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E985" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E985" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F985" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G985" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H985" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I985" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J985" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K985" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L985" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="986" spans="1:12">
       <x:c r="A986" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E986" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E986" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F986" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G986" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H986" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I986" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J986" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K986" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L986" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="987" spans="1:12">
       <x:c r="A987" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E987" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E987" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F987" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G987" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H987" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I987" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J987" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K987" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L987" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="988" spans="1:12">
       <x:c r="A988" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E988" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E988" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F988" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G988" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H988" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I988" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J988" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K988" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L988" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:12">
       <x:c r="A989" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E989" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E989" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F989" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G989" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H989" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I989" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J989" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K989" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L989" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="990" spans="1:12">
       <x:c r="A990" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E990" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E990" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F990" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G990" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H990" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I990" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J990" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K990" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L990" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="991" spans="1:12">
       <x:c r="A991" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E991" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E991" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F991" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H991" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I991" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J991" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K991" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L991" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="992" spans="1:12">
       <x:c r="A992" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E992" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H992" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I992" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J992" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K992" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L992" s="0">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:12">
       <x:c r="A993" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E993" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H993" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I993" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J993" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K993" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L993" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="994" spans="1:12">
       <x:c r="A994" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E994" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H994" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I994" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J994" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K994" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L994" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="995" spans="1:12">
       <x:c r="A995" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E995" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G995" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H995" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I995" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J995" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K995" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L995" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="996" spans="1:12">
       <x:c r="A996" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E996" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F996" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G996" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H996" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I996" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J996" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K996" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L996" s="0">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:12">
       <x:c r="A997" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E997" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F997" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G997" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H997" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I997" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J997" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K997" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L997" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="998" spans="1:12">
       <x:c r="A998" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E998" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F998" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G998" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H998" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I998" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J998" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K998" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L998" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:12">
       <x:c r="A999" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E999" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F999" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G999" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H999" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I999" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J999" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K999" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L999" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="1000" spans="1:12">
       <x:c r="A1000" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H1000" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I1000" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1000" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1000" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L1000" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="1001" spans="1:12">
       <x:c r="A1001" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H1001" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I1001" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1001" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1001" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L1001" s="0">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:12">
       <x:c r="A1002" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H1002" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I1002" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1002" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1002" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L1002" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="1003" spans="1:12">
       <x:c r="A1003" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H1003" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I1003" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1003" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1003" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L1003" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:12">
       <x:c r="A1004" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H1004" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I1004" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1004" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1004" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L1004" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:12">
       <x:c r="A1005" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H1005" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I1005" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1005" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1005" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L1005" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="1006" spans="1:12">
       <x:c r="A1006" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H1006" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I1006" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1006" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1006" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L1006" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:12">
       <x:c r="A1007" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H1007" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I1007" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1007" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1007" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L1007" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="1008" spans="1:12">
       <x:c r="A1008" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H1008" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I1008" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1008" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1008" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L1008" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="1009" spans="1:12">
       <x:c r="A1009" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H1009" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I1009" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J1009" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K1009" s="0" t="s">
         <x:v>58</x:v>
+      </x:c>
+      <x:c r="L1009" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39125,51 +39652,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L1009" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD867"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02683V03250">
       <x:sharedItems count="7">
         <x:s v="-2"/>
         <x:s v="000"/>
         <x:s v="001"/>
         <x:s v="002"/>
         <x:s v="003"/>
         <x:s v="004"/>
         <x:s v="0051"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Number of carers in the household">
       <x:sharedItems count="7">
@@ -39792,27 +40319,14140 @@
         <x:n v="793"/>
         <x:n v="514"/>
         <x:n v="139"/>
         <x:n v="1"/>
         <x:n v="2"/>
         <x:n v="1663"/>
         <x:n v="1040"/>
         <x:n v="442"/>
         <x:n v="634"/>
         <x:n v="1010"/>
         <x:n v="665"/>
         <x:n v="282"/>
         <x:n v="246"/>
         <x:n v="150"/>
         <x:n v="91"/>
         <x:n v="75"/>
         <x:n v="310"/>
         <x:n v="183"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258096"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26370"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119028"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8717"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29226"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6491"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25632"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7161"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10703"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7119"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207293"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10261"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19242"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122784"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7237"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17190"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169555"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17484"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78398"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19937"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3926"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16342"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4482"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66701"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8886"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29445"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7331"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6183"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3561"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16217"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8657"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79684"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13781"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28629"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11311"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5731"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="Total number of carers in households"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922866"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101430"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117048"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18102"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386328"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37939"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96296"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14800"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11106"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33939"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15982"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28763"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22435"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25382"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3112314"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273660"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316866"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120548"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1515771"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151732"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276535"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40405"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23935"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69869"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22785"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13468"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30579"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6309"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53874"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59983"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134103"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="716045"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101430"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85154"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15260"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291583"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28688"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74646"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12252"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7467"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24126"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18719"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16769"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18413"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166263"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31894"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73351"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7078"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17793"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7425"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29319"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16689"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7257"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3982"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233084"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67031"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41613"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56539"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22372"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7530"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7053"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184320"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23956"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75344"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6296"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25648"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14677"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6905"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170059"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10261"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15418"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4210"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96735"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6249"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16025"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123152"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16098"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49890"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17839"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9268"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47350"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7858"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18463"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10453"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59494"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12591"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17554"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9995"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58952"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34548"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8267"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31789"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21950"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37541"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22668"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15442"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8667"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16534"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8886"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9648"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-7"/>
+    <s v="Total persons with a disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="26"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD867"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="-8"/>
+    <s v="Persons with more than one disability"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>